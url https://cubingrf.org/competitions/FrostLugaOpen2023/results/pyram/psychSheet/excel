--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -62,99 +62,99 @@
   <si>
     <t>3.09</t>
   </si>
   <si>
     <t>1.41</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>4.91</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>5.45</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>5.59</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>6.00</t>
   </si>
   <si>
     <t>4.59</t>
-  </si>
-[...7 lines deleted...]
-    <t>4.20</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>6.57</t>
   </si>
   <si>
     <t>3.79</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>8.82</t>
   </si>
@@ -839,65 +839,65 @@
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>