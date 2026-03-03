--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -65,150 +65,150 @@
   <si>
     <t>1.41</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
     <t>Максим Аммосов</t>
   </si>
   <si>
-    <t>4.91</t>
+    <t>4.76</t>
   </si>
   <si>
     <t>3.85</t>
   </si>
   <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>5.35</t>
+  </si>
+  <si>
+    <t>3.46</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>5.45</t>
+  </si>
+  <si>
+    <t>3.23</t>
+  </si>
+  <si>
+    <t>Николай Одегов</t>
+  </si>
+  <si>
+    <t>5.59</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>6.00</t>
+  </si>
+  <si>
+    <t>4.59</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>6.57</t>
+  </si>
+  <si>
+    <t>3.79</t>
+  </si>
+  <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>5.34</t>
-[...44 lines deleted...]
-    <t>3.79</t>
+    <t>6.73</t>
+  </si>
+  <si>
+    <t>5.13</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>8.82</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>9.12</t>
+  </si>
+  <si>
+    <t>7.34</t>
+  </si>
+  <si>
+    <t>Екатерина Кусачева</t>
+  </si>
+  <si>
+    <t>9.40</t>
+  </si>
+  <si>
+    <t>7.49</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>8.90</t>
-[...20 lines deleted...]
-    <t>7.49</t>
+    <t>9.64</t>
+  </si>
+  <si>
+    <t>6.03</t>
   </si>
   <si>
     <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
     <t>9.50</t>
   </si>
   <si>
     <t>Михаил Иванов</t>
   </si>
   <si>
     <t>11.14</t>
   </si>
   <si>
     <t>7.89</t>
   </si>
   <si>
     <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>11.15</t>
   </si>
@@ -272,66 +272,66 @@
   <si>
     <t>14.96</t>
   </si>
   <si>
     <t>12.45</t>
   </si>
   <si>
     <t>Леонид Букин</t>
   </si>
   <si>
     <t>17.72</t>
   </si>
   <si>
     <t>15.46</t>
   </si>
   <si>
     <t>Глеб Колесник</t>
   </si>
   <si>
     <t>19.06</t>
   </si>
   <si>
     <t>15.51</t>
   </si>
   <si>
+    <t>Алиса Ивановская</t>
+  </si>
+  <si>
+    <t>19.47</t>
+  </si>
+  <si>
+    <t>14.69</t>
+  </si>
+  <si>
     <t>Матвей Гриневич</t>
   </si>
   <si>
     <t>20.22</t>
   </si>
   <si>
     <t>11.97</t>
-  </si>
-[...7 lines deleted...]
-    <t>14.69</t>
   </si>
   <si>
     <t>Степан Михайлов</t>
   </si>
   <si>
     <t>23.73</t>
   </si>
   <si>
     <t>18.23</t>
   </si>
   <si>
     <t>Арсений Русецкий</t>
   </si>
   <si>
     <t>24.54</t>
   </si>
   <si>
     <t>13.99</t>
   </si>
   <si>
     <t>Роман Кравченко</t>
   </si>
   <si>
     <t>26.30</t>
   </si>
@@ -839,65 +839,65 @@
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>