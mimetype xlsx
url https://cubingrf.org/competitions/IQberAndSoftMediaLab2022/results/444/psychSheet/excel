--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -38,126 +38,126 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>33.12</t>
-[...2 lines deleted...]
-    <t>27.03</t>
+    <t>30.96</t>
+  </si>
+  <si>
+    <t>25.82</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
     <t>Евсей Обжерин</t>
   </si>
   <si>
     <t>41.21</t>
   </si>
   <si>
     <t>37.00</t>
   </si>
   <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>45.05</t>
+  </si>
+  <si>
+    <t>39.36</t>
+  </si>
+  <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>45.44</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
-[...7 lines deleted...]
-  <si>
     <t>Данил Зубков</t>
   </si>
   <si>
-    <t>53.63</t>
-[...2 lines deleted...]
-    <t>50.04</t>
+    <t>50.98</t>
+  </si>
+  <si>
+    <t>46.08</t>
   </si>
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>55.87</t>
   </si>
   <si>
     <t>43.46</t>
   </si>
   <si>
     <t>Илья Горинов</t>
   </si>
   <si>
     <t>1:01.03</t>
   </si>
   <si>
     <t>52.66</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
-    <t>57.41</t>
+    <t>58.02</t>
   </si>
   <si>
     <t>Евгений Ткачёв</t>
   </si>
   <si>
     <t>1:19.37</t>
   </si>
   <si>
     <t>1:03.17</t>
   </si>
   <si>
     <t>Николай Кустов</t>
   </si>
   <si>
     <t>1:20.52</t>
   </si>
   <si>
     <t>1:11.44</t>
   </si>
   <si>
     <t>Виктор Новосёлов</t>
   </si>
   <si>
     <t>3:34.91</t>
   </si>