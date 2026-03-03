--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -44,147 +44,147 @@
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>2.71</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>2.32</t>
   </si>
   <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>5.55</t>
+  </si>
+  <si>
+    <t>3.88</t>
+  </si>
+  <si>
+    <t>Евсей Обжерин</t>
+  </si>
+  <si>
+    <t>5.85</t>
+  </si>
+  <si>
+    <t>3.54</t>
+  </si>
+  <si>
+    <t>Дмитрий Сидоренко</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>Егор Гущин</t>
+  </si>
+  <si>
+    <t>6.80</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>Евгений Ткачёв</t>
+  </si>
+  <si>
+    <t>6.81</t>
+  </si>
+  <si>
+    <t>3.71</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>5.53</t>
-[...47 lines deleted...]
-    <t>3.71</t>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.52</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>4.84</t>
   </si>
   <si>
     <t>Илья Горинов</t>
   </si>
   <si>
-    <t>9.62</t>
+    <t>9.63</t>
   </si>
   <si>
     <t>6.89</t>
   </si>
   <si>
     <t>Леонид Шабаршин</t>
   </si>
   <si>
     <t>10.26</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
+    <t>Егор Бобин</t>
+  </si>
+  <si>
+    <t>11.65</t>
+  </si>
+  <si>
+    <t>8.26</t>
+  </si>
+  <si>
     <t>Вадим Пономарев</t>
   </si>
   <si>
-    <t>11.45</t>
-[...11 lines deleted...]
-    <t>8.26</t>
+    <t>14.26</t>
+  </si>
+  <si>
+    <t>10.57</t>
   </si>
   <si>
     <t>Константин Балабашкин</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>9.19</t>
   </si>
   <si>
     <t>Софья Новосёлова</t>
   </si>
   <si>
     <t>19.57</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
     <t>Максим Дьячков</t>
   </si>
   <si>
     <t>21.30</t>
   </si>