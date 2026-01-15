--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -29,144 +29,144 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>1:10.57</t>
-[...2 lines deleted...]
-    <t>1:08.09</t>
+    <t>1:10.06</t>
+  </si>
+  <si>
+    <t>1:05.88</t>
   </si>
   <si>
     <t>Алексей Жариков</t>
   </si>
   <si>
     <t>1:32.96</t>
   </si>
   <si>
     <t>1:28.78</t>
   </si>
   <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
     <t>1:34.58</t>
   </si>
   <si>
     <t>1:28.65</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>1:48.55</t>
   </si>
   <si>
     <t>1:44.57</t>
   </si>
   <si>
     <t>Александр Осипов</t>
   </si>
   <si>
     <t>1:48.57</t>
   </si>
   <si>
     <t>1:44.31</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>1:53.62</t>
-[...2 lines deleted...]
-    <t>1:50.41</t>
+    <t>1:53.20</t>
+  </si>
+  <si>
+    <t>1:47.25</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>1:53.71</t>
   </si>
   <si>
     <t>1:47.54</t>
   </si>
   <si>
     <t>Артём Мартиросов</t>
   </si>
   <si>
     <t>1:55.87</t>
   </si>
   <si>
     <t>1:38.34</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:56.83</t>
   </si>
   <si>
     <t>1:50.61</t>
   </si>
   <si>
     <t>Георгий Исанов</t>
   </si>
   <si>
     <t>1:57.67</t>
   </si>
   <si>
-    <t>1:54.04</t>
+    <t>1:51.83</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:01.63</t>
   </si>
   <si>
     <t>1:54.06</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>2:08.52</t>
   </si>
   <si>
     <t>2:03.15</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>2:14.90</t>
   </si>
@@ -209,51 +209,51 @@
   <si>
     <t>2:26.27</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:47.98</t>
   </si>
   <si>
     <t>2:39.72</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
-    <t>2:52.99</t>
+    <t>2:52.14</t>
   </si>
   <si>
     <t>2:33.19</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>3:27.16</t>
   </si>
   <si>
     <t>3:15.68</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>4:06.43</t>
   </si>
   <si>
     <t>3:56.28</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>