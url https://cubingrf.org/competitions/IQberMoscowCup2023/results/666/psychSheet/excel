--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,225 +29,225 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>1:10.06</t>
-[...2 lines deleted...]
-    <t>1:05.88</t>
+    <t>1:15.20</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
   </si>
   <si>
     <t>Алексей Жариков</t>
   </si>
   <si>
     <t>1:32.96</t>
   </si>
   <si>
     <t>1:28.78</t>
   </si>
   <si>
     <t>Александр Башуткин</t>
   </si>
   <si>
     <t>1:34.58</t>
   </si>
   <si>
     <t>1:28.65</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
-    <t>1:48.55</t>
-[...2 lines deleted...]
-    <t>1:44.57</t>
+    <t>1:46.68</t>
+  </si>
+  <si>
+    <t>1:43.51</t>
   </si>
   <si>
     <t>Александр Осипов</t>
   </si>
   <si>
     <t>1:48.57</t>
   </si>
   <si>
     <t>1:44.31</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:51.08</t>
   </si>
   <si>
     <t>1:43.20</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>1:53.20</t>
   </si>
   <si>
     <t>1:47.25</t>
   </si>
   <si>
+    <t>Георгий Исанов</t>
+  </si>
+  <si>
+    <t>1:53.25</t>
+  </si>
+  <si>
+    <t>1:43.19</t>
+  </si>
+  <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>1:53.71</t>
   </si>
   <si>
     <t>1:47.54</t>
   </si>
   <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>1:56.83</t>
+  </si>
+  <si>
+    <t>1:50.61</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>2:01.63</t>
+  </si>
+  <si>
+    <t>1:54.06</t>
+  </si>
+  <si>
     <t>Артём Мартиросов</t>
   </si>
   <si>
-    <t>1:55.87</t>
-[...29 lines deleted...]
-    <t>1:54.06</t>
+    <t>2:08.46</t>
+  </si>
+  <si>
+    <t>2:01.72</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>2:08.52</t>
   </si>
   <si>
     <t>2:03.15</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>2:14.90</t>
   </si>
   <si>
     <t>2:11.56</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>2:27.92</t>
-[...2 lines deleted...]
-    <t>2:13.13</t>
+    <t>2:19.81</t>
+  </si>
+  <si>
+    <t>2:09.25</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>2:30.12</t>
   </si>
   <si>
     <t>2:06.79</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>2:36.43</t>
   </si>
   <si>
     <t>2:26.93</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>2:38.32</t>
   </si>
   <si>
     <t>2:26.27</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>2:42.41</t>
+  </si>
+  <si>
+    <t>2:36.82</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>2:45.80</t>
   </si>
   <si>
     <t>2:36.84</t>
-  </si>
-[...7 lines deleted...]
-    <t>2:39.72</t>
   </si>
   <si>
     <t>Никита Чесноков</t>
   </si>
   <si>
     <t>2:52.14</t>
   </si>
   <si>
     <t>2:33.19</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>3:27.16</t>
   </si>
   <si>
     <t>3:15.68</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>4:06.43</t>
   </si>