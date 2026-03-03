--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,506 +12,500 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...17 lines deleted...]
-    <t>Дмитрий Гундин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
+  </si>
+  <si>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
-    <t>Тимофей Тарасенко</t>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>3.91</t>
-[...2 lines deleted...]
-    <t>Андрей Панов</t>
+    <t>4.32</t>
+  </si>
+  <si>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
     <t>4.20</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>5.70</t>
   </si>
   <si>
     <t>4.37</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>5.96</t>
   </si>
   <si>
     <t>5.12</t>
   </si>
   <si>
-    <t>Фёдор Борисов</t>
+    <t>Fyodor Borisov</t>
   </si>
   <si>
     <t>6.13</t>
   </si>
   <si>
-    <t>5.19</t>
-[...2 lines deleted...]
-    <t>Андрей Жуков</t>
+    <t>5.73</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
-    <t>Артём Куликов</t>
+    <t>Artem Kulikov</t>
   </si>
   <si>
     <t>6.42</t>
   </si>
   <si>
     <t>5.09</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Константин Соловьёв</t>
-[...8 lines deleted...]
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>8.52</t>
   </si>
   <si>
     <t>7.18</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
-    <t>Николай Гомельчук</t>
+    <t>Nikolai Gomelchuk</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
     <t>8.12</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
-    <t>Михаил Харитонов</t>
+    <t>Mikhail Kharitonov</t>
   </si>
   <si>
     <t>9.18</t>
   </si>
   <si>
     <t>7.26</t>
   </si>
   <si>
-    <t>Александр Башуткин</t>
-[...17 lines deleted...]
-    <t>Григорий Барашкин</t>
+    <t>Konstantin Solovev</t>
+  </si>
+  <si>
+    <t>9.73</t>
+  </si>
+  <si>
+    <t>7.20</t>
+  </si>
+  <si>
+    <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
+    <t>Ivan Sidorenko</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>7.16</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Alexander Bashutkin</t>
+  </si>
+  <si>
+    <t>10.63</t>
+  </si>
+  <si>
+    <t>9.53</t>
+  </si>
+  <si>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.63</t>
   </si>
   <si>
-    <t>Александр Говорков</t>
-[...8 lines deleted...]
-    <t>Габриэлла Ивахницкая</t>
+    <t>Maxim Ilin</t>
+  </si>
+  <si>
+    <t>10.87</t>
+  </si>
+  <si>
+    <t>10.21</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
-[...2 lines deleted...]
-    <t>10.96</t>
+    <t>Vladislav Shurshilin</t>
+  </si>
+  <si>
+    <t>11.63</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
-    <t>Глеб Лешуков</t>
-[...8 lines deleted...]
-    <t>Глеб Батенин</t>
+    <t>Gleb Batenin</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Никита Чесноков</t>
+    <t>Nikita Chesnokov</t>
   </si>
   <si>
     <t>11.69</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.14</t>
+  </si>
+  <si>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>13.04</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
-    <t>Филипп Радинский</t>
+    <t>Philipp Radinskiy</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
-    <t>Фёдор Конак</t>
+    <t>Fëdor Konak</t>
   </si>
   <si>
     <t>13.48</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Лев Маслов</t>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>13.99</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>14.54</t>
   </si>
   <si>
     <t>12.81</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...26 lines deleted...]
-    <t>Арсений Йоцюс</t>
+    <t>Aleksandr Bolʹshakov</t>
+  </si>
+  <si>
+    <t>16.46</t>
+  </si>
+  <si>
+    <t>15.30</t>
+  </si>
+  <si>
+    <t>Timur Imanov</t>
+  </si>
+  <si>
+    <t>16.76</t>
+  </si>
+  <si>
+    <t>12.12</t>
+  </si>
+  <si>
+    <t>Arseniy Yotsyus</t>
   </si>
   <si>
     <t>17.34</t>
   </si>
   <si>
     <t>13.66</t>
   </si>
   <si>
-    <t>Иван Ковалев</t>
+    <t>Ivan Kovalev</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
     <t>14.87</t>
   </si>
   <si>
-    <t>Кемаль Идрисов</t>
+    <t>Kemal Idrisov</t>
   </si>
   <si>
     <t>19.63</t>
   </si>
   <si>
     <t>19.12</t>
   </si>
   <si>
-    <t>Георгий Исанов</t>
+    <t>Georgii Isanov</t>
   </si>
   <si>
     <t>19.64</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Семен Авдеев</t>
+    <t>Semen Avdeyev</t>
   </si>
   <si>
     <t>20.43</t>
   </si>
   <si>
     <t>18.26</t>
   </si>
   <si>
-    <t>Егор Касюк</t>
+    <t>Egor Kasyuk</t>
   </si>
   <si>
     <t>21.44</t>
   </si>
   <si>
     <t>18.31</t>
   </si>
   <si>
-    <t>Семён Рудик</t>
-[...2 lines deleted...]
-    <t>22.44</t>
+    <t>Semën Rudik</t>
+  </si>
+  <si>
+    <t>22.38</t>
   </si>
   <si>
     <t>17.95</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>18.29</t>
   </si>
   <si>
-    <t>Максим Калинин</t>
+    <t>Maksim Kalinin</t>
   </si>
   <si>
     <t>25.46</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
-    <t>Максим Колмыков</t>
+    <t>Maksim Kolmykov</t>
   </si>
   <si>
     <t>26.17</t>
   </si>
   <si>
     <t>21.66</t>
   </si>
   <si>
-    <t>Фёдор Морозов</t>
+    <t>Fëdor Morozov</t>
   </si>
   <si>
     <t>29.75</t>
   </si>
   <si>
     <t>27.32</t>
   </si>
   <si>
-    <t>Александр Чебан</t>
+    <t>Aleksandr Cheban</t>
   </si>
   <si>
     <t>30.14</t>
   </si>
   <si>
     <t>20.54</t>
   </si>
   <si>
-    <t>Марсель Урмиев</t>
+    <t>Marselʹ Urmiyev</t>
   </si>
   <si>
     <t>33.53</t>
   </si>
   <si>
     <t>27.70</t>
   </si>
   <si>
-    <t>Денис Ли</t>
+    <t>Denis Li</t>
   </si>
   <si>
     <t>34.32</t>
   </si>
   <si>
     <t>24.92</t>
   </si>
   <si>
-    <t>Прохор Бородин</t>
+    <t>Prokhor Borodin</t>
   </si>
   <si>
     <t>34.59</t>
   </si>
   <si>
     <t>32.09</t>
+  </si>
+  <si>
+    <t>Gleb Leshukov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -836,51 +830,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C51" sqref="C51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1172,65 +1166,65 @@
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>71</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>78</v>
@@ -1540,62 +1534,54 @@
       <c r="B49" t="s">
         <v>143</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D49" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D50" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
-      <c r="A51">
-[...1 lines deleted...]
-      </c>
       <c r="B51" t="s">
         <v>149</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C51" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">