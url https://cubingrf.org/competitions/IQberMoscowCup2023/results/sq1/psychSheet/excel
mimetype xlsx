--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,324 +17,324 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Vladimir Tikhonenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>8.59</t>
   </si>
   <si>
     <t>6.64</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>8.15</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>7.67</t>
   </si>
   <si>
-    <t>Timofei Tarasenko</t>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>12.59</t>
   </si>
   <si>
     <t>9.05</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>13.10</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
     <t>11.46</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>15.61</t>
   </si>
   <si>
     <t>11.95</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
     <t>15.83</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>19.88</t>
   </si>
   <si>
     <t>13.88</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>22.24</t>
   </si>
   <si>
     <t>15.36</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>22.38</t>
   </si>
   <si>
     <t>16.17</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
-    <t>Nikolai Gomelchuk</t>
+    <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>26.16</t>
   </si>
   <si>
     <t>19.14</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>28.02</t>
   </si>
   <si>
     <t>22.51</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>34.12</t>
   </si>
   <si>
     <t>23.38</t>
   </si>
   <si>
-    <t>Gleb Batenin</t>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>35.78</t>
   </si>
   <si>
     <t>22.11</t>
   </si>
   <si>
-    <t>Vladimir Nuzhdin</t>
+    <t>Владимир Нуждин</t>
   </si>
   <si>
     <t>38.10</t>
   </si>
   <si>
     <t>36.31</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
     <t>26.70</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>42.13</t>
   </si>
   <si>
     <t>36.48</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>46.60</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
-    <t>Kemal Idrisov</t>
+    <t>Кемаль Идрисов</t>
   </si>
   <si>
     <t>1:21.68</t>
   </si>
   <si>
     <t>57.15</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>43.85</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>53.41</t>
   </si>
   <si>
-    <t>Vadim Starchak</t>
+    <t>Вадим Старчак</t>
   </si>
   <si>
     <t>1:03.01</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>1:04.40</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>1:05.78</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>