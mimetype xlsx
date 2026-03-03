--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -65,150 +65,150 @@
   <si>
     <t>8.31</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>8.15</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>7.67</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>12.59</t>
+    <t>12.71</t>
   </si>
   <si>
     <t>9.05</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>9.21</t>
+    <t>9.65</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>13.10</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
     <t>Артём Куликов</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
-    <t>11.46</t>
+    <t>11.24</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
-    <t>15.61</t>
-[...2 lines deleted...]
-    <t>11.95</t>
+    <t>18.42</t>
+  </si>
+  <si>
+    <t>13.17</t>
+  </si>
+  <si>
+    <t>Григорий Барашкин</t>
+  </si>
+  <si>
+    <t>19.88</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>14.46</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
+  </si>
+  <si>
+    <t>22.24</t>
+  </si>
+  <si>
+    <t>15.36</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
+  </si>
+  <si>
+    <t>22.38</t>
+  </si>
+  <si>
+    <t>16.17</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>18.95</t>
-[...38 lines deleted...]
-    <t>16.17</t>
+    <t>25.22</t>
+  </si>
+  <si>
+    <t>16.23</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>26.16</t>
   </si>
   <si>
     <t>19.14</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
@@ -251,93 +251,93 @@
   <si>
     <t>36.31</t>
   </si>
   <si>
     <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>41.06</t>
   </si>
   <si>
     <t>26.70</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>42.13</t>
   </si>
   <si>
     <t>36.48</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
-    <t>46.60</t>
+    <t>44.29</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
     <t>Кемаль Идрисов</t>
   </si>
   <si>
     <t>1:21.68</t>
   </si>
   <si>
     <t>57.15</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>43.85</t>
   </si>
   <si>
     <t>Егор Касюк</t>
   </si>
   <si>
     <t>53.41</t>
   </si>
   <si>
     <t>Вадим Старчак</t>
   </si>
   <si>
     <t>1:03.01</t>
   </si>
   <si>
     <t>Максим Калинин</t>
   </si>
   <si>
     <t>1:04.40</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
-    <t>1:05.78</t>
+    <t>1:12.41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>