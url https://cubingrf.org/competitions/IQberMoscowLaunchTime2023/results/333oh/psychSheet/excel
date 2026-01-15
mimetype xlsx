--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,663 +17,663 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
-    <t>Ilya Nazarov</t>
+    <t>Илья Назаров</t>
   </si>
   <si>
     <t>12.04</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>13.50</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>13.82</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
+    <t>Руслан Романенко</t>
   </si>
   <si>
     <t>14.39</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>16.66</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.53</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...8 lines deleted...]
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>15.28</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Egor Afanasenko</t>
+    <t>Егор Афанасенко</t>
   </si>
   <si>
     <t>18.69</t>
   </si>
   <si>
     <t>15.08</t>
   </si>
   <si>
-    <t>Egor Korchagin</t>
+    <t>Егор Корчагин</t>
   </si>
   <si>
     <t>18.88</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
   <si>
     <t>14.44</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>19.83</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>20.62</t>
   </si>
   <si>
     <t>18.95</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
-    <t>Davit Karimyan</t>
+    <t>Давит Каримян</t>
   </si>
   <si>
     <t>21.69</t>
   </si>
   <si>
     <t>19.15</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Maksim Deych</t>
+    <t>Максим Дейч</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
-    <t>Ilʹya Stogov</t>
+    <t>Илья Стогов</t>
   </si>
   <si>
     <t>22.46</t>
   </si>
   <si>
     <t>17.13</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Fedor Kazanov</t>
+    <t>Фёдор Казанов</t>
   </si>
   <si>
     <t>24.16</t>
   </si>
   <si>
     <t>20.48</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>24.18</t>
   </si>
   <si>
     <t>20.98</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
+    <t>Никита Брылин</t>
   </si>
   <si>
     <t>24.29</t>
   </si>
   <si>
     <t>22.08</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
-    <t>Fëdor Sidorenkov</t>
+    <t>Фёдор Сидоренков</t>
   </si>
   <si>
     <t>25.60</t>
   </si>
   <si>
     <t>20.22</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>28.10</t>
   </si>
   <si>
     <t>23.34</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>28.50</t>
   </si>
   <si>
     <t>20.05</t>
   </si>
   <si>
-    <t>Nikita Serdyukov</t>
+    <t>Никита Сердюков</t>
   </si>
   <si>
     <t>29.96</t>
   </si>
   <si>
     <t>23.19</t>
   </si>
   <si>
-    <t>Dmitriy Kolganov</t>
+    <t>Дмитрий Колганов</t>
   </si>
   <si>
     <t>30.03</t>
   </si>
   <si>
     <t>28.32</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
     <t>27.45</t>
   </si>
   <si>
-    <t>Grigoriy Pachin</t>
+    <t>Григорий Пачин</t>
   </si>
   <si>
     <t>32.04</t>
   </si>
   <si>
     <t>30.16</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>32.87</t>
   </si>
   <si>
     <t>27.18</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>33.14</t>
   </si>
   <si>
     <t>24.25</t>
   </si>
   <si>
-    <t>Aleksey Senatorov</t>
+    <t>Алексей Сенаторов</t>
   </si>
   <si>
     <t>33.21</t>
   </si>
   <si>
     <t>28.20</t>
   </si>
   <si>
-    <t>Timofey Didenko</t>
+    <t>Тимофей Диденко</t>
   </si>
   <si>
     <t>33.72</t>
   </si>
   <si>
     <t>25.86</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>34.02</t>
   </si>
   <si>
     <t>27.54</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>34.40</t>
   </si>
   <si>
     <t>26.94</t>
   </si>
   <si>
-    <t xml:space="preserve">Yevgeniy Kuzʹmin 	</t>
+    <t xml:space="preserve">Евгений Кузьмин 	</t>
   </si>
   <si>
     <t>34.95</t>
   </si>
   <si>
     <t>28.72</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>35.54</t>
   </si>
   <si>
     <t>25.71</t>
   </si>
   <si>
-    <t>Daniil Kubasov</t>
+    <t>Даниил Кубасов</t>
   </si>
   <si>
     <t>37.88</t>
   </si>
   <si>
     <t>28.23</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>37.91</t>
   </si>
   <si>
     <t>29.30</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>37.92</t>
   </si>
   <si>
     <t>30.81</t>
   </si>
   <si>
-    <t>Nikolay Kravtsov</t>
+    <t>Николай Кравцов</t>
   </si>
   <si>
     <t>38.78</t>
   </si>
   <si>
     <t>34.20</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>38.95</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>40.86</t>
   </si>
   <si>
     <t>36.72</t>
   </si>
   <si>
-    <t>Andrey Feofanov</t>
+    <t>Андрей Феофанов</t>
   </si>
   <si>
     <t>41.62</t>
   </si>
   <si>
     <t>39.96</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>49.67</t>
   </si>
   <si>
     <t>31.73</t>
   </si>
   <si>
-    <t>Serafim Sitores Orlov</t>
+    <t>Серафим Ситорес Орлов</t>
   </si>
   <si>
     <t>1:00.80</t>
   </si>
   <si>
     <t>52.20</t>
   </si>
   <si>
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>1:15.72</t>
   </si>
   <si>
-    <t>Roman Nosov</t>
+    <t>Роман Носов</t>
   </si>
   <si>
     <t>1:28.08</t>
   </si>
   <si>
-    <t>Andrey Volkov</t>
+    <t>Андрей Волков</t>
   </si>
   <si>
     <t>1:38.38</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -999,51 +999,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C70" sqref="C70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>