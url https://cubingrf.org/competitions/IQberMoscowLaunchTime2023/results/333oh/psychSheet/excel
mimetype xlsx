--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,170 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>10.54</t>
   </si>
   <si>
-    <t>7.88</t>
+    <t>8.69</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...7 lines deleted...]
-  <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
+    <t>Григорий Барашкин</t>
+  </si>
+  <si>
+    <t>12.07</t>
+  </si>
+  <si>
+    <t>8.91</t>
+  </si>
+  <si>
     <t>Илья Назаров</t>
   </si>
   <si>
-    <t>12.04</t>
+    <t>12.49</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
-    <t>Григорий Барашкин</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
+    <t>10.78</t>
+  </si>
+  <si>
+    <t>Максим Ильин</t>
+  </si>
+  <si>
+    <t>13.82</t>
+  </si>
+  <si>
+    <t>10.29</t>
+  </si>
+  <si>
+    <t>Руслан Романенко</t>
+  </si>
+  <si>
+    <t>14.39</t>
+  </si>
+  <si>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>14.42</t>
+  </si>
+  <si>
+    <t>10.25</t>
   </si>
   <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
-    <t>13.50</t>
-[...29 lines deleted...]
-    <t>10.25</t>
+    <t>14.56</t>
+  </si>
+  <si>
+    <t>12.39</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
@@ -215,93 +215,93 @@
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.53</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>17.59</t>
+  </si>
+  <si>
+    <t>13.22</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>18.22</t>
+  </si>
+  <si>
+    <t>14.24</t>
+  </si>
+  <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
-    <t>17.56</t>
-[...20 lines deleted...]
-    <t>14.24</t>
+    <t>18.32</t>
+  </si>
+  <si>
+    <t>15.37</t>
   </si>
   <si>
     <t>Егор Афанасенко</t>
   </si>
   <si>
     <t>18.69</t>
   </si>
   <si>
     <t>15.08</t>
   </si>
   <si>
     <t>Егор Корчагин</t>
   </si>
   <si>
     <t>18.88</t>
   </si>
   <si>
-    <t>16.60</t>
+    <t>17.40</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
   <si>
     <t>14.44</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>19.83</t>
   </si>
@@ -350,333 +350,324 @@
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
     <t>Илья Стогов</t>
   </si>
   <si>
     <t>22.46</t>
   </si>
   <si>
     <t>17.13</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>24.29</t>
+  </si>
+  <si>
+    <t>22.08</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>24.37</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>24.94</t>
+  </si>
+  <si>
+    <t>17.83</t>
+  </si>
+  <si>
+    <t>Фёдор Сидоренков</t>
+  </si>
+  <si>
+    <t>25.60</t>
+  </si>
+  <si>
+    <t>20.22</t>
+  </si>
+  <si>
+    <t>Иван Лицов</t>
+  </si>
+  <si>
+    <t>28.10</t>
+  </si>
+  <si>
+    <t>23.34</t>
+  </si>
+  <si>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>28.50</t>
+  </si>
+  <si>
+    <t>20.05</t>
+  </si>
+  <si>
+    <t>Никита Сердюков</t>
+  </si>
+  <si>
+    <t>29.96</t>
+  </si>
+  <si>
+    <t>23.19</t>
+  </si>
+  <si>
+    <t>Дмитрий Колганов</t>
+  </si>
+  <si>
+    <t>30.03</t>
+  </si>
+  <si>
+    <t>28.32</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>32.01</t>
+  </si>
+  <si>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>32.58</t>
+  </si>
+  <si>
+    <t>23.85</t>
+  </si>
+  <si>
     <t>Фёдор Казанов</t>
   </si>
   <si>
-    <t>24.16</t>
-[...2 lines deleted...]
-    <t>20.48</t>
+    <t>32.73</t>
+  </si>
+  <si>
+    <t>24.34</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
-    <t>24.18</t>
-[...80 lines deleted...]
-    <t>27.45</t>
+    <t>32.79</t>
+  </si>
+  <si>
+    <t>23.47</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>32.87</t>
+  </si>
+  <si>
+    <t>27.18</t>
+  </si>
+  <si>
+    <t>Семен Авдеев</t>
+  </si>
+  <si>
+    <t>33.14</t>
+  </si>
+  <si>
+    <t>24.25</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>33.21</t>
+  </si>
+  <si>
+    <t>28.20</t>
+  </si>
+  <si>
+    <t>Тимофей Диденко</t>
+  </si>
+  <si>
+    <t>33.72</t>
+  </si>
+  <si>
+    <t>25.86</t>
+  </si>
+  <si>
+    <t>Георгий Голосов</t>
+  </si>
+  <si>
+    <t>34.02</t>
+  </si>
+  <si>
+    <t>27.54</t>
+  </si>
+  <si>
+    <t>Ксения Зырянова</t>
+  </si>
+  <si>
+    <t>34.40</t>
+  </si>
+  <si>
+    <t>26.94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Евгений Кузьмин 	</t>
+  </si>
+  <si>
+    <t>34.95</t>
+  </si>
+  <si>
+    <t>28.72</t>
+  </si>
+  <si>
+    <t>Иван Ковалев</t>
+  </si>
+  <si>
+    <t>35.54</t>
+  </si>
+  <si>
+    <t>25.71</t>
+  </si>
+  <si>
+    <t>Даниил Кубасов</t>
+  </si>
+  <si>
+    <t>37.88</t>
+  </si>
+  <si>
+    <t>Марк Мирук</t>
+  </si>
+  <si>
+    <t>37.91</t>
+  </si>
+  <si>
+    <t>29.30</t>
+  </si>
+  <si>
+    <t>Николай Кравцов</t>
+  </si>
+  <si>
+    <t>38.78</t>
+  </si>
+  <si>
+    <t>34.20</t>
+  </si>
+  <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>38.95</t>
+  </si>
+  <si>
+    <t>28.66</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
+  </si>
+  <si>
+    <t>40.86</t>
+  </si>
+  <si>
+    <t>36.72</t>
+  </si>
+  <si>
+    <t>Андрей Феофанов</t>
+  </si>
+  <si>
+    <t>41.62</t>
+  </si>
+  <si>
+    <t>39.96</t>
+  </si>
+  <si>
+    <t>Мария Жиц</t>
+  </si>
+  <si>
+    <t>44.92</t>
+  </si>
+  <si>
+    <t>35.04</t>
+  </si>
+  <si>
+    <t>Максим Калинин</t>
+  </si>
+  <si>
+    <t>49.67</t>
+  </si>
+  <si>
+    <t>31.73</t>
+  </si>
+  <si>
+    <t>Серафим Ситорес Орлов</t>
+  </si>
+  <si>
+    <t>1:00.80</t>
+  </si>
+  <si>
+    <t>52.20</t>
+  </si>
+  <si>
+    <t>Матвей Судаков</t>
+  </si>
+  <si>
+    <t>1:15.72</t>
+  </si>
+  <si>
+    <t>Роман Носов</t>
+  </si>
+  <si>
+    <t>1:28.08</t>
+  </si>
+  <si>
+    <t>Андрей Волков</t>
+  </si>
+  <si>
+    <t>1:38.38</t>
   </si>
   <si>
     <t>Григорий Пачин</t>
-  </si>
-[...184 lines deleted...]
-    <t>1:38.38</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1547,79 +1538,79 @@
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D38" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>115</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D39" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>117</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>123</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D42" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>126</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>127</v>
@@ -1813,214 +1804,206 @@
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>168</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D57" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>171</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D58" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>173</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>176</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>179</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>182</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>185</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>188</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>191</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>194</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
+        <v>197</v>
+      </c>
+      <c r="C67" s="1"/>
+      <c r="D67" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="70" spans="1:4">
-      <c r="A70">
-[...1 lines deleted...]
-      </c>
       <c r="B70" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C70" s="1"/>
-      <c r="D70" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">