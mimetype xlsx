--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,621 +17,621 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Тимофей Тарасенко</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
   </si>
   <si>
     <t>20.14</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Михаил Харитонов</t>
+    <t>Mikhail Kharitonov</t>
   </si>
   <si>
     <t>29.01</t>
   </si>
   <si>
     <t>26.59</t>
   </si>
   <si>
-    <t>Артём Сосновских</t>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
-    <t>Григорий Барашкин</t>
+    <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Максим Ильин</t>
+    <t>Polina Lapteva</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Maxim Ilin</t>
   </si>
   <si>
     <t>34.49</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
-    <t>Роман Шилов</t>
+    <t>Roman Shilov</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...2 lines deleted...]
-    <t>34.86</t>
+    <t>Ekaterina Kaneva</t>
+  </si>
+  <si>
+    <t>34.56</t>
   </si>
   <si>
     <t>29.15</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>36.41</t>
   </si>
   <si>
     <t>33.72</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...8 lines deleted...]
-    <t>Егор Корчагин</t>
+    <t>Egor Korchagin</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>35.13</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
+    <t>Vladislav Shurshilin</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Тимур Иманов</t>
+    <t>Maksim Deych</t>
+  </si>
+  <si>
+    <t>38.10</t>
+  </si>
+  <si>
+    <t>32.37</t>
+  </si>
+  <si>
+    <t>Timur Imanov</t>
   </si>
   <si>
     <t>40.74</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Глеб Пясецкий</t>
+    <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
+    <t>Andrei Maslov</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>43.36</t>
   </si>
   <si>
     <t>36.06</t>
   </si>
   <si>
-    <t>Ксения Зырянова</t>
+    <t>Kseniya Zyryanova</t>
   </si>
   <si>
     <t>43.50</t>
   </si>
   <si>
-    <t>Никита Платонов</t>
+    <t>Nikita Platonov</t>
   </si>
   <si>
     <t>44.10</t>
   </si>
   <si>
     <t>34.37</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Никита Брылин</t>
+    <t>Nikita Brylin</t>
   </si>
   <si>
     <t>45.07</t>
   </si>
   <si>
-    <t>42.86</t>
-[...2 lines deleted...]
-    <t>Даниил Абдулов</t>
+    <t>37.50</t>
+  </si>
+  <si>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
-    <t>Сергей Марьин</t>
+    <t>Stepan Matveev</t>
+  </si>
+  <si>
+    <t>45.54</t>
+  </si>
+  <si>
+    <t>38.79</t>
+  </si>
+  <si>
+    <t>Sergey Marin</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
     <t>39.27</t>
   </si>
   <si>
-    <t>Максим Дейч</t>
-[...8 lines deleted...]
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
-    <t>Леонид Тарасенко</t>
+    <t>Leonid Tarasenko</t>
   </si>
   <si>
     <t>47.94</t>
   </si>
   <si>
     <t>45.12</t>
   </si>
   <si>
-    <t>Фёдор Сидоренков</t>
+    <t>Fëdor Sidorenkov</t>
   </si>
   <si>
     <t>47.95</t>
   </si>
   <si>
     <t>44.56</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
-    <t>Иван Ковалев</t>
+    <t>Nikita Chesnokov</t>
+  </si>
+  <si>
+    <t>48.50</t>
+  </si>
+  <si>
+    <t>38.63</t>
+  </si>
+  <si>
+    <t>Ivan Kovalev</t>
   </si>
   <si>
     <t>48.90</t>
   </si>
   <si>
     <t>41.27</t>
   </si>
   <si>
-    <t>Руслан Романенко</t>
+    <t>Ruslan Romanenko</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
     <t>39.62</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Иван Лицов</t>
+    <t>Ivan Litsov</t>
   </si>
   <si>
     <t>50.02</t>
   </si>
   <si>
     <t>40.29</t>
   </si>
   <si>
-    <t>Егор Афанасенко</t>
+    <t>Egor Afanasenko</t>
   </si>
   <si>
     <t>50.05</t>
   </si>
   <si>
     <t>41.26</t>
   </si>
   <si>
-    <t>Никита Чесноков</t>
-[...17 lines deleted...]
-    <t>Сергей Грязнухин</t>
+    <t>Sergey Gryaznukhin</t>
   </si>
   <si>
     <t>51.50</t>
   </si>
   <si>
     <t>48.85</t>
   </si>
   <si>
-    <t>Давит Каримян</t>
+    <t>Davit Karimyan</t>
   </si>
   <si>
     <t>53.67</t>
   </si>
   <si>
     <t>47.92</t>
   </si>
   <si>
-    <t>Дмитрий Колотвин</t>
+    <t>Dmitry Kolotvin</t>
   </si>
   <si>
     <t>54.87</t>
   </si>
   <si>
     <t>49.58</t>
   </si>
   <si>
-    <t>Георгий Голосов</t>
+    <t>Georgiy Golosov</t>
   </si>
   <si>
     <t>59.96</t>
   </si>
   <si>
     <t>47.43</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
-[...8 lines deleted...]
-    <t>Даниил Кубасов</t>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
+  </si>
+  <si>
+    <t>Daniil Kubasov</t>
   </si>
   <si>
     <t>1:05.21</t>
   </si>
   <si>
     <t>58.97</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
-    <t>Степан Краюшкин</t>
+    <t>Stepan Krayushkin</t>
   </si>
   <si>
     <t>1:09.47</t>
   </si>
   <si>
     <t>1:02.32</t>
   </si>
   <si>
-    <t>Григорий Пачин</t>
+    <t>Grigoriy Pachin</t>
   </si>
   <si>
     <t>1:09.85</t>
   </si>
   <si>
     <t>1:00.42</t>
   </si>
   <si>
-    <t>Дмитрий Родин</t>
+    <t>Dmitry Rodin</t>
   </si>
   <si>
     <t>1:12.18</t>
   </si>
   <si>
     <t>1:02.54</t>
   </si>
   <si>
-    <t>Фёдор Казанов</t>
+    <t>Fedor Kazanov</t>
   </si>
   <si>
     <t>1:16.26</t>
   </si>
   <si>
     <t>56.14</t>
   </si>
   <si>
-    <t>Никита Сердюков</t>
+    <t>Nikita Serdyukov</t>
   </si>
   <si>
     <t>1:18.14</t>
   </si>
   <si>
     <t>1:11.96</t>
   </si>
   <si>
-    <t>Максим Калинин</t>
+    <t>Maksim Kalinin</t>
   </si>
   <si>
     <t>1:28.42</t>
   </si>
   <si>
     <t>1:20.49</t>
   </si>
   <si>
-    <t>Роман Носов</t>
+    <t>Roman Nosov</t>
   </si>
   <si>
     <t>1:31.35</t>
   </si>
   <si>
     <t>1:14.17</t>
   </si>
   <si>
-    <t>Кристина Королёва</t>
+    <t>Kristina Koroleva</t>
   </si>
   <si>
     <t>1:33.81</t>
   </si>
   <si>
     <t>1:15.31</t>
   </si>
   <si>
-    <t>Максимилиан Корчагин</t>
+    <t>Max Korchagin</t>
   </si>
   <si>
     <t>1:36.37</t>
   </si>
   <si>
     <t>1:19.33</t>
   </si>
   <si>
-    <t>Серафим Ситорес Орлов</t>
+    <t>Serafim Sitores Orlov</t>
   </si>
   <si>
     <t>1:38.59</t>
   </si>
   <si>
     <t>1:26.52</t>
   </si>
   <si>
-    <t>Марк Мирук</t>
+    <t>Mark Miruk</t>
   </si>
   <si>
     <t>1:52.47</t>
   </si>
   <si>
     <t>1:33.19</t>
   </si>
   <si>
-    <t>Андрей Феофанов</t>
+    <t>Andrey Feofanov</t>
   </si>
   <si>
     <t>2:00.62</t>
   </si>
   <si>
     <t>1:50.25</t>
   </si>
   <si>
-    <t>Пётр Ануков</t>
+    <t>Pëtr Anukov</t>
   </si>
   <si>
     <t>2:02.33</t>
   </si>
   <si>
     <t>1:40.32</t>
   </si>
   <si>
-    <t>Семен Авдеев</t>
+    <t>Semen Avdeyev</t>
   </si>
   <si>
     <t>2:15.33</t>
   </si>
   <si>
     <t>1:28.14</t>
   </si>
   <si>
-    <t>Ольга Кун</t>
+    <t>Olʹga Kun</t>
   </si>
   <si>
     <t>1:56.56</t>
   </si>
   <si>
-    <t>Матвей Судаков</t>
+    <t>Matvey Sudakov</t>
   </si>
   <si>
     <t>2:39.62</t>
   </si>
   <si>
-    <t>Дмитрий Колганов</t>
-[...2 lines deleted...]
-    <t>Михаил Топоров</t>
+    <t>Dmitriy Kolganov</t>
+  </si>
+  <si>
+    <t>Mikhail Toporov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -954,51 +954,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C66" sqref="C66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1292,65 +1292,65 @@
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>