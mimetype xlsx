--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,621 +17,621 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...17 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>22.28</t>
+  </si>
+  <si>
+    <t>19.19</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>29.01</t>
   </si>
   <si>
     <t>26.59</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
-[...8 lines deleted...]
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>33.96</t>
+  </si>
+  <si>
+    <t>29.15</t>
+  </si>
+  <si>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>34.49</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...8 lines deleted...]
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>36.41</t>
   </si>
   <si>
     <t>33.72</t>
   </si>
   <si>
-    <t>Egor Korchagin</t>
+    <t>Егор Корчагин</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
-    <t>35.13</t>
-[...2 lines deleted...]
-    <t>Vladislav Shurshilin</t>
+    <t>35.15</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Maksim Deych</t>
+    <t>Максим Дейч</t>
   </si>
   <si>
     <t>38.10</t>
   </si>
   <si>
     <t>32.37</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
-[...2 lines deleted...]
-    <t>40.74</t>
+    <t>Глеб Пясецкий</t>
+  </si>
+  <si>
+    <t>40.77</t>
+  </si>
+  <si>
+    <t>35.30</t>
+  </si>
+  <si>
+    <t>Тимур Иманов</t>
+  </si>
+  <si>
+    <t>41.80</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
-[...8 lines deleted...]
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>43.36</t>
   </si>
   <si>
     <t>36.06</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>43.50</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>44.10</t>
   </si>
   <si>
     <t>34.37</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
-[...2 lines deleted...]
-    <t>44.72</t>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>44.48</t>
+  </si>
+  <si>
+    <t>37.68</t>
+  </si>
+  <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>45.07</t>
+  </si>
+  <si>
+    <t>37.50</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
-[...26 lines deleted...]
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
     <t>39.27</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>46.07</t>
+  </si>
+  <si>
+    <t>38.63</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
-[...8 lines deleted...]
-    <t>Fëdor Sidorenkov</t>
+    <t>Фёдор Сидоренков</t>
   </si>
   <si>
     <t>47.95</t>
   </si>
   <si>
     <t>44.56</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
-[...8 lines deleted...]
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>48.90</t>
   </si>
   <si>
     <t>41.27</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
-[...8 lines deleted...]
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>50.02</t>
   </si>
   <si>
     <t>40.29</t>
   </si>
   <si>
-    <t>Egor Afanasenko</t>
+    <t>Егор Афанасенко</t>
   </si>
   <si>
     <t>50.05</t>
   </si>
   <si>
     <t>41.26</t>
   </si>
   <si>
-    <t>Sergey Gryaznukhin</t>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>51.41</t>
+  </si>
+  <si>
+    <t>48.66</t>
+  </si>
+  <si>
+    <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>51.50</t>
   </si>
   <si>
     <t>48.85</t>
   </si>
   <si>
-    <t>Davit Karimyan</t>
+    <t>Давит Каримян</t>
   </si>
   <si>
     <t>53.67</t>
   </si>
   <si>
     <t>47.92</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>53.73</t>
+  </si>
+  <si>
+    <t>49.32</t>
+  </si>
+  <si>
+    <t>Руслан Романенко</t>
+  </si>
+  <si>
+    <t>54.71</t>
+  </si>
+  <si>
+    <t>43.21</t>
+  </si>
+  <si>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>54.87</t>
   </si>
   <si>
     <t>49.58</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>59.96</t>
   </si>
   <si>
     <t>47.43</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
-    <t>Daniil Kubasov</t>
+    <t>Даниил Кубасов</t>
   </si>
   <si>
     <t>1:05.21</t>
   </si>
   <si>
     <t>58.97</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
-    <t>Stepan Krayushkin</t>
+    <t>Степан Краюшкин</t>
   </si>
   <si>
     <t>1:09.47</t>
   </si>
   <si>
     <t>1:02.32</t>
   </si>
   <si>
-    <t>Grigoriy Pachin</t>
-[...8 lines deleted...]
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>1:12.18</t>
   </si>
   <si>
     <t>1:02.54</t>
   </si>
   <si>
-    <t>Fedor Kazanov</t>
-[...8 lines deleted...]
-    <t>Nikita Serdyukov</t>
+    <t>Григорий Пачин</t>
+  </si>
+  <si>
+    <t>1:16.23</t>
+  </si>
+  <si>
+    <t>1:06.69</t>
+  </si>
+  <si>
+    <t>Никита Сердюков</t>
   </si>
   <si>
     <t>1:18.14</t>
   </si>
   <si>
     <t>1:11.96</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Фёдор Казанов</t>
+  </si>
+  <si>
+    <t>1:21.02</t>
+  </si>
+  <si>
+    <t>1:13.27</t>
+  </si>
+  <si>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>1:28.42</t>
   </si>
   <si>
     <t>1:20.49</t>
   </si>
   <si>
-    <t>Roman Nosov</t>
+    <t>Роман Носов</t>
   </si>
   <si>
     <t>1:31.35</t>
   </si>
   <si>
     <t>1:14.17</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>1:33.81</t>
   </si>
   <si>
     <t>1:15.31</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>1:36.37</t>
   </si>
   <si>
     <t>1:19.33</t>
   </si>
   <si>
-    <t>Serafim Sitores Orlov</t>
+    <t>Серафим Ситорес Орлов</t>
   </si>
   <si>
     <t>1:38.59</t>
   </si>
   <si>
     <t>1:26.52</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>1:52.47</t>
   </si>
   <si>
     <t>1:33.19</t>
   </si>
   <si>
-    <t>Andrey Feofanov</t>
+    <t>Андрей Феофанов</t>
   </si>
   <si>
     <t>2:00.62</t>
   </si>
   <si>
     <t>1:50.25</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:02.33</t>
   </si>
   <si>
     <t>1:40.32</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>2:15.33</t>
   </si>
   <si>
     <t>1:28.14</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>1:56.56</t>
   </si>
   <si>
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>2:39.62</t>
   </si>
   <si>
-    <t>Dmitriy Kolganov</t>
-[...2 lines deleted...]
-    <t>Mikhail Toporov</t>
+    <t>Дмитрий Колганов</t>
+  </si>
+  <si>
+    <t>Михаил Топоров</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -954,51 +954,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C66" sqref="C66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>