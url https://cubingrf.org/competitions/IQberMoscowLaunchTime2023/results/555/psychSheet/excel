--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Timofei Tarasenko</t>
   </si>
   <si>
-    <t>37.50</t>
+    <t>36.35</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>52.89</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
     <t>Andrey Panov</t>
   </si>
@@ -89,192 +89,192 @@
   <si>
     <t>58.94</t>
   </si>
   <si>
     <t>54.76</t>
   </si>
   <si>
     <t>Egor Korchagin</t>
   </si>
   <si>
     <t>1:00.39</t>
   </si>
   <si>
     <t>56.06</t>
   </si>
   <si>
     <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>1:00.60</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
+    <t>Ekaterina Kaneva</t>
+  </si>
+  <si>
+    <t>1:00.78</t>
+  </si>
+  <si>
+    <t>59.22</t>
+  </si>
+  <si>
     <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
     <t>Mikhail Kharitonov</t>
   </si>
   <si>
     <t>1:01.72</t>
   </si>
   <si>
     <t>57.37</t>
   </si>
   <si>
     <t>Roman Shilov</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...5 lines deleted...]
-    <t>59.22</t>
+    <t>Polina Lapteva</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
+  </si>
+  <si>
+    <t>1:00.05</t>
   </si>
   <si>
     <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...7 lines deleted...]
-  <si>
     <t>Timur Imanov</t>
   </si>
   <si>
     <t>1:17.72</t>
   </si>
   <si>
     <t>1:08.50</t>
   </si>
   <si>
     <t>Islam Kitiev</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
     <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
   </si>
   <si>
+    <t>Nikita Chesnokov</t>
+  </si>
+  <si>
+    <t>1:24.33</t>
+  </si>
+  <si>
+    <t>1:19.54</t>
+  </si>
+  <si>
     <t>Andrei Maslov</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
     <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
     <t>Fëdor Sidorenkov</t>
   </si>
   <si>
     <t>1:29.95</t>
   </si>
   <si>
     <t>1:22.11</t>
   </si>
   <si>
     <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
     <t>Vladislav Shurshilin</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:19.54</t>
   </si>
   <si>
     <t>Nikita Platonov</t>
   </si>
   <si>
     <t>1:32.17</t>
   </si>
   <si>
     <t>1:25.13</t>
   </si>
   <si>
     <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
     <t>Maria Zhits</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>