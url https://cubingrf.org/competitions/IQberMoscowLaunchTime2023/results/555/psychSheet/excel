--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,512 +12,506 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>36.35</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>38.03</t>
   </si>
   <si>
     <t>31.94</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>52.89</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>58.68</t>
+  </si>
+  <si>
+    <t>51.01</t>
+  </si>
+  <si>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>58.94</t>
   </si>
   <si>
     <t>54.76</t>
   </si>
   <si>
-    <t>Egor Korchagin</t>
+    <t>Егор Корчагин</t>
   </si>
   <si>
     <t>1:00.39</t>
   </si>
   <si>
     <t>56.06</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
-[...8 lines deleted...]
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
-    <t>59.22</t>
-[...2 lines deleted...]
-    <t>Aleksandr Dokin</t>
+    <t>58.17</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>1:01.72</t>
   </si>
   <si>
     <t>57.37</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
-[...2 lines deleted...]
-    <t>Grigoriy Barashkin</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>1:17.72</t>
   </si>
   <si>
     <t>1:08.50</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:24.08</t>
   </si>
   <si>
     <t>1:18.02</t>
   </si>
   <si>
-    <t>Nikita Chesnokov</t>
+    <t>Никита Чесноков</t>
   </si>
   <si>
     <t>1:24.33</t>
   </si>
   <si>
     <t>1:19.54</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Fëdor Sidorenkov</t>
+    <t>Фёдор Сидоренков</t>
   </si>
   <si>
     <t>1:29.95</t>
   </si>
   <si>
     <t>1:22.11</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:32.17</t>
   </si>
   <si>
     <t>1:25.13</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:39.23</t>
   </si>
   <si>
     <t>1:28.18</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
-[...17 lines deleted...]
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>1:40.19</t>
   </si>
   <si>
     <t>1:33.14</t>
   </si>
   <si>
-    <t>Sergey Gryaznukhin</t>
+    <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>1:41.01</t>
   </si>
   <si>
     <t>1:31.94</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>1:41.07</t>
   </si>
   <si>
     <t>1:24.98</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>1:45.30</t>
   </si>
   <si>
     <t>1:35.69</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>1:47.02</t>
   </si>
   <si>
     <t>1:44.71</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>1:47.36</t>
+  </si>
+  <si>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>1:49.80</t>
   </si>
   <si>
     <t>1:40.59</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>1:51.87</t>
+  </si>
+  <si>
+    <t>1:39.52</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Davit Karimyan</t>
+    <t>Давит Каримян</t>
   </si>
   <si>
     <t>2:02.81</t>
   </si>
   <si>
     <t>1:50.30</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>2:10.53</t>
   </si>
   <si>
     <t>1:51.57</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...2 lines deleted...]
-    <t>2:11.42</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:15.07</t>
   </si>
   <si>
     <t>1:50.17</t>
   </si>
   <si>
-    <t>Egor Afanasenko</t>
+    <t>Егор Афанасенко</t>
   </si>
   <si>
     <t>2:26.93</t>
   </si>
   <si>
     <t>2:10.26</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>2:37.59</t>
   </si>
   <si>
     <t>2:12.15</t>
   </si>
   <si>
-    <t>Grigoriy Pachin</t>
-[...8 lines deleted...]
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>2:22.11</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>2:39.72</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>2:44.65</t>
   </si>
   <si>
-    <t>Dmitriy Kolganov</t>
+    <t>Дмитрий Колганов</t>
   </si>
   <si>
     <t>2:45.49</t>
   </si>
   <si>
-    <t>Roman Nosov</t>
+    <t>Роман Носов</t>
   </si>
   <si>
     <t>2:47.28</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>2:53.87</t>
   </si>
   <si>
-    <t>Andrey Feofanov</t>
+    <t>Григорий Пачин</t>
+  </si>
+  <si>
+    <t>2:59.59</t>
+  </si>
+  <si>
+    <t>Андрей Феофанов</t>
   </si>
   <si>
     <t>3:09.61</t>
   </si>
   <si>
-    <t>Serafim Sitores Orlov</t>
+    <t>Серафим Ситорес Орлов</t>
   </si>
   <si>
     <t>3:24.83</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>5:07.59</t>
   </si>
   <si>
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>7:32.06</t>
   </si>
   <si>
-    <t>Mikhail Toporov</t>
+    <t>Михаил Топоров</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -840,51 +834,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C55" sqref="C55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1318,316 +1312,314 @@
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>97</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>100</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D34" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>117</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>129</v>
+      </c>
+      <c r="C44" s="1"/>
+      <c r="D44" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="B55" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C55" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>