--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,474 +17,474 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>25.33</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
+  </si>
+  <si>
+    <t>24.38</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
-    <t>Artem Sosnovskikh</t>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Islam Kitiev</t>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>44.16</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
-    <t>Timur Imanov</t>
+    <t>Тимур Иманов</t>
   </si>
   <si>
     <t>52.50</t>
   </si>
   <si>
     <t>43.78</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>53.23</t>
   </si>
   <si>
     <t>49.08</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>53.26</t>
   </si>
   <si>
     <t>49.39</t>
   </si>
   <si>
-    <t>Fëdor Sidorenkov</t>
+    <t>Фёдор Сидоренков</t>
   </si>
   <si>
     <t>54.51</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
-    <t>Maxim Ilin</t>
+    <t>Максим Ильин</t>
   </si>
   <si>
     <t>57.83</t>
   </si>
   <si>
     <t>53.20</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>58.59</t>
   </si>
   <si>
     <t>49.03</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>59.37</t>
   </si>
   <si>
     <t>51.31</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
     <t>54.60</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:01.00</t>
   </si>
   <si>
     <t>56.78</t>
   </si>
   <si>
-    <t>Maria Zhits</t>
+    <t>Мария Жиц</t>
   </si>
   <si>
     <t>1:03.32</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:05.90</t>
   </si>
   <si>
     <t>56.62</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
   <si>
     <t>1:07.56</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:20.03</t>
   </si>
   <si>
     <t>1:13.24</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:24.21</t>
   </si>
   <si>
     <t>1:15.32</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:30.09</t>
   </si>
   <si>
     <t>1:10.33</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>1:31.29</t>
   </si>
   <si>
     <t>1:29.50</t>
   </si>
   <si>
-    <t>Kseniya Zyryanova</t>
+    <t>Ксения Зырянова</t>
   </si>
   <si>
     <t>1:36.86</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
-    <t>Sergey Gryaznukhin</t>
+    <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>1:38.11</t>
   </si>
   <si>
     <t>1:26.02</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>1:39.43</t>
   </si>
   <si>
     <t>1:35.95</t>
   </si>
   <si>
-    <t>Egor Korchagin</t>
+    <t>Егор Корчагин</t>
   </si>
   <si>
     <t>1:40.21</t>
   </si>
   <si>
     <t>1:27.99</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:32.62</t>
   </si>
   <si>
-    <t>Davit Karimyan</t>
+    <t>Давит Каримян</t>
   </si>
   <si>
     <t>1:47.18</t>
   </si>
   <si>
     <t>1:42.16</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:48.19</t>
   </si>
   <si>
     <t>1:37.80</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>1:50.01</t>
   </si>
   <si>
     <t>1:39.46</t>
   </si>
   <si>
-    <t>Georgiy Golosov</t>
+    <t>Георгий Голосов</t>
   </si>
   <si>
     <t>1:50.79</t>
   </si>
   <si>
     <t>1:33.37</t>
   </si>
   <si>
-    <t>Ivan Litsov</t>
+    <t>Иван Лицов</t>
   </si>
   <si>
     <t>1:55.39</t>
   </si>
   <si>
     <t>1:42.63</t>
   </si>
   <si>
-    <t>Dmitry Kolotvin</t>
+    <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>2:04.80</t>
   </si>
   <si>
     <t>1:50.58</t>
   </si>
   <si>
-    <t>Nikita Serdyukov</t>
+    <t>Никита Сердюков</t>
   </si>
   <si>
     <t>2:13.73</t>
   </si>
   <si>
     <t>1:53.18</t>
   </si>
   <si>
-    <t>Grigoriy Pachin</t>
+    <t>Григорий Пачин</t>
   </si>
   <si>
     <t>2:15.41</t>
   </si>
   <si>
     <t>2:05.05</t>
   </si>
   <si>
-    <t>Daniil Kubasov</t>
+    <t>Даниил Кубасов</t>
   </si>
   <si>
     <t>2:21.36</t>
   </si>
   <si>
     <t>2:13.47</t>
   </si>
   <si>
-    <t>Kristina Koroleva</t>
+    <t>Кристина Королёва</t>
   </si>
   <si>
     <t>2:50.93</t>
   </si>
   <si>
     <t>2:34.38</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>3:02.11</t>
   </si>
   <si>
     <t>2:33.09</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>3:02.88</t>
   </si>
   <si>
     <t>2:36.72</t>
   </si>
   <si>
-    <t>Serafim Sitores Orlov</t>
+    <t>Серафим Ситорес Орлов</t>
   </si>
   <si>
     <t>3:06.34</t>
   </si>
   <si>
     <t>2:31.68</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:19.95</t>
   </si>
   <si>
-    <t>Dmitry Rodin</t>
+    <t>Дмитрий Родин</t>
   </si>
   <si>
     <t>2:42.10</t>
   </si>
   <si>
-    <t>Roman Nosov</t>
+    <t>Роман Носов</t>
   </si>
   <si>
     <t>3:20.76</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>4:21.08</t>
   </si>
   <si>
-    <t>Olʹga Kun</t>
+    <t>Ольга Кун</t>
   </si>
   <si>
     <t>4:47.22</t>
   </si>
   <si>
-    <t>Matvey Sudakov</t>
+    <t>Матвей Судаков</t>
   </si>
   <si>
     <t>8:01.19</t>
   </si>
   <si>
-    <t>Dmitriy Kolganov</t>
+    <t>Дмитрий Колганов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -807,51 +807,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C50" sqref="C50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>