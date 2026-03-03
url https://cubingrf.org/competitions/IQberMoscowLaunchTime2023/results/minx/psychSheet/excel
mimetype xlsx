--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,207 +29,207 @@
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>24.38</t>
+    <t>25.33</t>
   </si>
   <si>
     <t>21.79</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>43.82</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>44.16</t>
   </si>
   <si>
     <t>40.28</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>50.31</t>
   </si>
   <si>
     <t>46.95</t>
   </si>
   <si>
+    <t>Григорий Барашкин</t>
+  </si>
+  <si>
+    <t>53.26</t>
+  </si>
+  <si>
+    <t>49.39</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>54.26</t>
+  </si>
+  <si>
+    <t>51.04</t>
+  </si>
+  <si>
+    <t>Фёдор Сидоренков</t>
+  </si>
+  <si>
+    <t>54.51</t>
+  </si>
+  <si>
+    <t>51.01</t>
+  </si>
+  <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
-    <t>52.50</t>
-[...29 lines deleted...]
-    <t>51.01</t>
+    <t>55.35</t>
+  </si>
+  <si>
+    <t>45.38</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
     <t>57.83</t>
   </si>
   <si>
-    <t>53.20</t>
+    <t>53.35</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>58.59</t>
   </si>
   <si>
     <t>49.03</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>59.56</t>
+  </si>
+  <si>
+    <t>54.60</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
+  </si>
+  <si>
+    <t>1:01.00</t>
+  </si>
+  <si>
+    <t>56.78</t>
+  </si>
+  <si>
+    <t>Мария Жиц</t>
+  </si>
+  <si>
+    <t>1:03.32</t>
+  </si>
+  <si>
+    <t>59.53</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>1:04.53</t>
+  </si>
+  <si>
+    <t>56.09</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>1:05.90</t>
+  </si>
+  <si>
+    <t>56.62</t>
+  </si>
+  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>59.37</t>
-[...47 lines deleted...]
-    <t>56.62</t>
+    <t>1:07.49</t>
+  </si>
+  <si>
+    <t>59.76</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:16.31</t>
   </si>
   <si>
     <t>1:07.56</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:20.03</t>
   </si>
   <si>
     <t>1:13.24</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:24.21</t>
   </si>
@@ -260,68 +260,68 @@
   <si>
     <t>1:36.86</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
     <t>Сергей Грязнухин</t>
   </si>
   <si>
     <t>1:38.11</t>
   </si>
   <si>
     <t>1:26.02</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>1:39.43</t>
   </si>
   <si>
     <t>1:35.95</t>
   </si>
   <si>
+    <t>Глеб Пясецкий</t>
+  </si>
+  <si>
+    <t>1:45.77</t>
+  </si>
+  <si>
+    <t>1:32.62</t>
+  </si>
+  <si>
     <t>Егор Корчагин</t>
   </si>
   <si>
-    <t>1:40.21</t>
+    <t>1:46.65</t>
   </si>
   <si>
     <t>1:27.99</t>
   </si>
   <si>
-    <t>Глеб Пясецкий</t>
-[...7 lines deleted...]
-  <si>
     <t>Давит Каримян</t>
   </si>
   <si>
     <t>1:47.18</t>
   </si>
   <si>
     <t>1:42.16</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:48.19</t>
   </si>
   <si>
     <t>1:37.80</t>
   </si>
   <si>
     <t>Иван Ковалев</t>
   </si>
   <si>
     <t>1:50.01</t>
   </si>
   <si>
     <t>1:39.46</t>
@@ -341,66 +341,66 @@
   <si>
     <t>1:55.39</t>
   </si>
   <si>
     <t>1:42.63</t>
   </si>
   <si>
     <t>Дмитрий Колотвин</t>
   </si>
   <si>
     <t>2:04.80</t>
   </si>
   <si>
     <t>1:50.58</t>
   </si>
   <si>
     <t>Никита Сердюков</t>
   </si>
   <si>
     <t>2:13.73</t>
   </si>
   <si>
     <t>1:53.18</t>
   </si>
   <si>
+    <t>Даниил Кубасов</t>
+  </si>
+  <si>
+    <t>2:21.36</t>
+  </si>
+  <si>
+    <t>2:13.47</t>
+  </si>
+  <si>
     <t>Григорий Пачин</t>
   </si>
   <si>
-    <t>2:15.41</t>
-[...11 lines deleted...]
-    <t>2:13.47</t>
+    <t>2:25.91</t>
+  </si>
+  <si>
+    <t>2:14.80</t>
   </si>
   <si>
     <t>Кристина Королёва</t>
   </si>
   <si>
     <t>2:50.93</t>
   </si>
   <si>
     <t>2:34.38</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2:55.04</t>
   </si>
   <si>
     <t>2:35.02</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>3:02.11</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>3:02.88</t>
   </si>
   <si>
     <t>2:36.72</t>
   </si>
   <si>
     <t>Серафим Ситорес Орлов</t>
   </si>
   <si>
     <t>3:06.34</t>
   </si>
   <si>
     <t>2:31.68</t>
   </si>
   <si>
     <t>Пётр Ануков</t>
   </si>
   <si>
     <t>2:19.95</t>
   </si>
   <si>
     <t>Дмитрий Родин</t>
   </si>
   <si>
-    <t>2:42.10</t>
+    <t>2:44.58</t>
   </si>
   <si>
     <t>Роман Носов</t>
   </si>
   <si>
     <t>3:20.76</t>
   </si>
   <si>
     <t>Максим Калинин</t>
   </si>
   <si>
     <t>4:21.08</t>
   </si>
   <si>
     <t>Ольга Кун</t>
   </si>
   <si>
     <t>4:47.22</t>
   </si>
   <si>
     <t>Матвей Судаков</t>
   </si>
   <si>
     <t>8:01.19</t>
   </si>