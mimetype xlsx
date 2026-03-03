--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>0.93</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
@@ -98,930 +98,921 @@
   <si>
     <t>3.38</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>3.41</t>
   </si>
   <si>
     <t>1.26</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>3.52</t>
+  </si>
+  <si>
+    <t>2.40</t>
+  </si>
+  <si>
+    <t>Ксения Зырянова</t>
+  </si>
+  <si>
+    <t>3.59</t>
+  </si>
+  <si>
+    <t>2.28</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>3.63</t>
+  </si>
+  <si>
+    <t>2.65</t>
+  </si>
+  <si>
+    <t>Михаил Харитонов</t>
+  </si>
+  <si>
+    <t>3.82</t>
+  </si>
+  <si>
     <t>Тимур Иманов</t>
   </si>
   <si>
-    <t>2.42</t>
-[...32 lines deleted...]
-    <t>3.82</t>
+    <t>3.90</t>
+  </si>
+  <si>
+    <t>2.62</t>
+  </si>
+  <si>
+    <t>Дмитрий Родин</t>
+  </si>
+  <si>
+    <t>4.17</t>
+  </si>
+  <si>
+    <t>2.77</t>
   </si>
   <si>
     <t>Максим Ильин</t>
   </si>
   <si>
-    <t>3.93</t>
-[...11 lines deleted...]
-    <t>2.77</t>
+    <t>4.38</t>
+  </si>
+  <si>
+    <t>3.12</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>4.62</t>
+  </si>
+  <si>
+    <t>2.17</t>
+  </si>
+  <si>
+    <t>Богдан Землянский</t>
+  </si>
+  <si>
+    <t>4.66</t>
+  </si>
+  <si>
+    <t>3.09</t>
+  </si>
+  <si>
+    <t>Андрей Маслов</t>
+  </si>
+  <si>
+    <t>4.75</t>
+  </si>
+  <si>
+    <t>3.79</t>
+  </si>
+  <si>
+    <t>Александр Докин</t>
+  </si>
+  <si>
+    <t>4.80</t>
+  </si>
+  <si>
+    <t>1.80</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
+  </si>
+  <si>
+    <t>4.87</t>
+  </si>
+  <si>
+    <t>2.66</t>
+  </si>
+  <si>
+    <t>Глеб Пясецкий</t>
+  </si>
+  <si>
+    <t>4.96</t>
+  </si>
+  <si>
+    <t>3.58</t>
+  </si>
+  <si>
+    <t>Андрей Копосов</t>
+  </si>
+  <si>
+    <t>5.19</t>
+  </si>
+  <si>
+    <t>2.94</t>
+  </si>
+  <si>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>5.25</t>
+  </si>
+  <si>
+    <t>3.48</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>5.26</t>
+  </si>
+  <si>
+    <t>3.30</t>
+  </si>
+  <si>
+    <t>Дмитрий Колотвин</t>
+  </si>
+  <si>
+    <t>3.91</t>
+  </si>
+  <si>
+    <t>Седа Сукясова</t>
+  </si>
+  <si>
+    <t>5.44</t>
+  </si>
+  <si>
+    <t>Сергей Марьин</t>
+  </si>
+  <si>
+    <t>5.56</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>5.69</t>
+  </si>
+  <si>
+    <t>2.76</t>
+  </si>
+  <si>
+    <t>Ольга Фёдорова</t>
+  </si>
+  <si>
+    <t>3.80</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>5.71</t>
+  </si>
+  <si>
+    <t>3.51</t>
+  </si>
+  <si>
+    <t>Николай Подобаев</t>
+  </si>
+  <si>
+    <t>5.87</t>
+  </si>
+  <si>
+    <t>3.62</t>
+  </si>
+  <si>
+    <t>Алексей Сенаторов</t>
+  </si>
+  <si>
+    <t>5.92</t>
+  </si>
+  <si>
+    <t>3.88</t>
   </si>
   <si>
     <t>Владислав Кожин</t>
   </si>
   <si>
-    <t>4.49</t>
-[...104 lines deleted...]
-    <t>5.44</t>
+    <t>6.25</t>
+  </si>
+  <si>
+    <t>5.65</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>6.36</t>
+  </si>
+  <si>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>Тимофей Диденко</t>
+  </si>
+  <si>
+    <t>4.14</t>
+  </si>
+  <si>
+    <t>Кристина Королёва</t>
+  </si>
+  <si>
+    <t>6.38</t>
+  </si>
+  <si>
+    <t>4.64</t>
+  </si>
+  <si>
+    <t>Иван Лицов</t>
+  </si>
+  <si>
+    <t>6.41</t>
+  </si>
+  <si>
+    <t>Пётр Юнин</t>
+  </si>
+  <si>
+    <t>6.42</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
+    <t>Павел Тращенко</t>
+  </si>
+  <si>
+    <t>5.78</t>
+  </si>
+  <si>
+    <t>Сергей Грязнухин</t>
+  </si>
+  <si>
+    <t>6.61</t>
+  </si>
+  <si>
+    <t>5.53</t>
+  </si>
+  <si>
+    <t>Никита Платонов</t>
+  </si>
+  <si>
+    <t>6.69</t>
+  </si>
+  <si>
+    <t>4.84</t>
+  </si>
+  <si>
+    <t>Леонид Тарасенко</t>
+  </si>
+  <si>
+    <t>6.88</t>
+  </si>
+  <si>
+    <t>5.35</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>7.12</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>Степан Матвеев</t>
+  </si>
+  <si>
+    <t>7.15</t>
+  </si>
+  <si>
+    <t>3.99</t>
+  </si>
+  <si>
+    <t>Григорий Пачин</t>
+  </si>
+  <si>
+    <t>7.29</t>
+  </si>
+  <si>
+    <t>4.70</t>
+  </si>
+  <si>
+    <t>Ислам Китиев</t>
+  </si>
+  <si>
+    <t>7.31</t>
+  </si>
+  <si>
+    <t>3.86</t>
   </si>
   <si>
     <t>Константин Соловьёв</t>
   </si>
   <si>
-    <t>5.60</t>
+    <t>7.41</t>
   </si>
   <si>
     <t>3.40</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
-[...71 lines deleted...]
-    <t>4.14</t>
+    <t>Никита Чесноков</t>
+  </si>
+  <si>
+    <t>7.46</t>
+  </si>
+  <si>
+    <t>5.39</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
+    <t>7.50</t>
+  </si>
+  <si>
     <t>4.41</t>
   </si>
   <si>
-    <t>Кристина Королёва</t>
-[...62 lines deleted...]
-    <t>4.52</t>
+    <t>Максим Козловский</t>
+  </si>
+  <si>
+    <t>7.57</t>
+  </si>
+  <si>
+    <t>Антон Бережнов</t>
+  </si>
+  <si>
+    <t>7.64</t>
+  </si>
+  <si>
+    <t>3.70</t>
+  </si>
+  <si>
+    <t>Давит Каримян</t>
+  </si>
+  <si>
+    <t>7.69</t>
+  </si>
+  <si>
+    <t>5.50</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>7.70</t>
+  </si>
+  <si>
+    <t>3.22</t>
+  </si>
+  <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>7.83</t>
+  </si>
+  <si>
+    <t>4.93</t>
+  </si>
+  <si>
+    <t>Егор Афанасенко</t>
+  </si>
+  <si>
+    <t>7.92</t>
+  </si>
+  <si>
+    <t>Фёдор Сидоренков</t>
+  </si>
+  <si>
+    <t>7.97</t>
+  </si>
+  <si>
+    <t>4.67</t>
+  </si>
+  <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>7.99</t>
+  </si>
+  <si>
+    <t>4.61</t>
+  </si>
+  <si>
+    <t>Дмитрий Колганов</t>
+  </si>
+  <si>
+    <t>8.12</t>
+  </si>
+  <si>
+    <t>4.22</t>
+  </si>
+  <si>
+    <t>Роман Самвелян</t>
+  </si>
+  <si>
+    <t>8.17</t>
+  </si>
+  <si>
+    <t>5.77</t>
+  </si>
+  <si>
+    <t>Максимилиан Корчагин</t>
+  </si>
+  <si>
+    <t>8.35</t>
+  </si>
+  <si>
+    <t>4.82</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>5.79</t>
+  </si>
+  <si>
+    <t>Лука Лукаш</t>
+  </si>
+  <si>
+    <t>8.36</t>
+  </si>
+  <si>
+    <t>Юрий Свитящук</t>
+  </si>
+  <si>
+    <t>8.59</t>
+  </si>
+  <si>
+    <t>4.10</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>8.69</t>
+  </si>
+  <si>
+    <t>4.58</t>
+  </si>
+  <si>
+    <t>Олег Коровин</t>
+  </si>
+  <si>
+    <t>8.73</t>
+  </si>
+  <si>
+    <t>5.51</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>8.80</t>
+  </si>
+  <si>
+    <t>5.48</t>
+  </si>
+  <si>
+    <t>Георгий Голосов</t>
+  </si>
+  <si>
+    <t>8.82</t>
+  </si>
+  <si>
+    <t>5.13</t>
+  </si>
+  <si>
+    <t>Валентина Соловьёва</t>
+  </si>
+  <si>
+    <t>8.86</t>
+  </si>
+  <si>
+    <t>Николай Кравцов</t>
+  </si>
+  <si>
+    <t>9.41</t>
+  </si>
+  <si>
+    <t>6.00</t>
+  </si>
+  <si>
+    <t>Андрей Мосин</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Иван Ковалев</t>
+  </si>
+  <si>
+    <t>9.46</t>
   </si>
   <si>
     <t>Мария Жиц</t>
   </si>
   <si>
-    <t>7.28</t>
-[...203 lines deleted...]
-    <t>9.46</t>
+    <t>9.63</t>
+  </si>
+  <si>
+    <t>6.86</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>10.30</t>
   </si>
   <si>
     <t>5.67</t>
   </si>
   <si>
     <t>Марк Мирук</t>
   </si>
   <si>
     <t>10.36</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>Олег Копосов</t>
   </si>
   <si>
     <t>10.38</t>
   </si>
   <si>
     <t>5.76</t>
   </si>
   <si>
+    <t>Андрей Ильин</t>
+  </si>
+  <si>
+    <t>10.71</t>
+  </si>
+  <si>
+    <t>6.08</t>
+  </si>
+  <si>
+    <t>Иван Никулин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>7.77</t>
+  </si>
+  <si>
+    <t>Роман Каманин</t>
+  </si>
+  <si>
+    <t>11.11</t>
+  </si>
+  <si>
+    <t>10.03</t>
+  </si>
+  <si>
+    <t>Даниил Кубасов</t>
+  </si>
+  <si>
+    <t>11.20</t>
+  </si>
+  <si>
+    <t>6.75</t>
+  </si>
+  <si>
+    <t>Ирина Копосова</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>11.49</t>
+  </si>
+  <si>
+    <t>Никита Сердюков</t>
+  </si>
+  <si>
+    <t>12.54</t>
+  </si>
+  <si>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>Александр Чебан</t>
+  </si>
+  <si>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>8.68</t>
+  </si>
+  <si>
+    <t>Максим Кабанов</t>
+  </si>
+  <si>
+    <t>12.88</t>
+  </si>
+  <si>
+    <t>7.26</t>
+  </si>
+  <si>
+    <t>Степан Краюшкин</t>
+  </si>
+  <si>
+    <t>13.02</t>
+  </si>
+  <si>
+    <t>8.31</t>
+  </si>
+  <si>
+    <t>Максим Калинин</t>
+  </si>
+  <si>
+    <t>13.63</t>
+  </si>
+  <si>
+    <t>9.13</t>
+  </si>
+  <si>
+    <t>Андрей Феофанов</t>
+  </si>
+  <si>
+    <t>14.32</t>
+  </si>
+  <si>
+    <t>6.63</t>
+  </si>
+  <si>
+    <t>Тимофей Ивченко</t>
+  </si>
+  <si>
+    <t>8.67</t>
+  </si>
+  <si>
+    <t>Дмитрий Лига</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>8.96</t>
+  </si>
+  <si>
+    <t>Ольга Кун</t>
+  </si>
+  <si>
+    <t>14.39</t>
+  </si>
+  <si>
+    <t>8.32</t>
+  </si>
+  <si>
+    <t>Артём Алексеев</t>
+  </si>
+  <si>
+    <t>14.68</t>
+  </si>
+  <si>
+    <t>8.71</t>
+  </si>
+  <si>
+    <t>Артём Шляхтин</t>
+  </si>
+  <si>
+    <t>15.90</t>
+  </si>
+  <si>
+    <t>12.76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Евгений Кузьмин 	</t>
+  </si>
+  <si>
+    <t>15.98</t>
+  </si>
+  <si>
+    <t>13.22</t>
+  </si>
+  <si>
+    <t>Мирослава Нагорнова</t>
+  </si>
+  <si>
+    <t>16.73</t>
+  </si>
+  <si>
+    <t>13.91</t>
+  </si>
+  <si>
+    <t>Лев Михалев</t>
+  </si>
+  <si>
+    <t>16.96</t>
+  </si>
+  <si>
+    <t>11.68</t>
+  </si>
+  <si>
+    <t>Матвей Судаков</t>
+  </si>
+  <si>
+    <t>17.05</t>
+  </si>
+  <si>
+    <t>11.05</t>
+  </si>
+  <si>
+    <t>Максим Ахмин</t>
+  </si>
+  <si>
+    <t>17.15</t>
+  </si>
+  <si>
+    <t>10.52</t>
+  </si>
+  <si>
     <t>Матвей Кузнецов</t>
   </si>
   <si>
-    <t>10.41</t>
-[...137 lines deleted...]
-    <t>8.71</t>
+    <t>19.85</t>
+  </si>
+  <si>
+    <t>13.65</t>
+  </si>
+  <si>
+    <t>Глеб Великанов</t>
+  </si>
+  <si>
+    <t>20.04</t>
+  </si>
+  <si>
+    <t>11.07</t>
+  </si>
+  <si>
+    <t>Наталья Пягай</t>
+  </si>
+  <si>
+    <t>21.22</t>
+  </si>
+  <si>
+    <t>14.01</t>
+  </si>
+  <si>
+    <t>Матвей Смольянов</t>
+  </si>
+  <si>
+    <t>22.36</t>
+  </si>
+  <si>
+    <t>19.40</t>
+  </si>
+  <si>
+    <t>Иван Морозов</t>
+  </si>
+  <si>
+    <t>23.13</t>
+  </si>
+  <si>
+    <t>14.96</t>
   </si>
   <si>
     <t>Дмитрий Лидяев</t>
   </si>
   <si>
-    <t>14.91</t>
+    <t>23.23</t>
   </si>
   <si>
     <t>7.98</t>
   </si>
   <si>
+    <t>Ульяна Тимощенко</t>
+  </si>
+  <si>
+    <t>23.44</t>
+  </si>
+  <si>
+    <t>18.49</t>
+  </si>
+  <si>
+    <t>Михаил Жуков</t>
+  </si>
+  <si>
+    <t>23.61</t>
+  </si>
+  <si>
+    <t>18.18</t>
+  </si>
+  <si>
+    <t>Адам Мелкумов</t>
+  </si>
+  <si>
+    <t>24.16</t>
+  </si>
+  <si>
+    <t>18.77</t>
+  </si>
+  <si>
+    <t>Марк Бычков</t>
+  </si>
+  <si>
+    <t>26.81</t>
+  </si>
+  <si>
+    <t>24.65</t>
+  </si>
+  <si>
+    <t>Николай Башарин</t>
+  </si>
+  <si>
+    <t>29.90</t>
+  </si>
+  <si>
+    <t>18.38</t>
+  </si>
+  <si>
+    <t>Нестор Михин</t>
+  </si>
+  <si>
+    <t>24.42</t>
+  </si>
+  <si>
+    <t>Марк Ювакаев</t>
+  </si>
+  <si>
+    <t>41.06</t>
+  </si>
+  <si>
+    <t>22.63</t>
+  </si>
+  <si>
+    <t>Дмитрий Шахназаров</t>
+  </si>
+  <si>
+    <t>43.45</t>
+  </si>
+  <si>
+    <t>24.23</t>
+  </si>
+  <si>
     <t>Андрей Грибачёв</t>
-  </si>
-[...163 lines deleted...]
-    <t>24.23</t>
   </si>
   <si>
     <t>Андрей Иноземцев</t>
   </si>
   <si>
     <t>Данил Декун</t>
   </si>
   <si>
     <t>Олег Чеботарёв</t>
   </si>
   <si>
     <t>Роман Ширгин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1495,359 +1486,359 @@
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>81</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>84</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D32" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D33" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
@@ -1859,432 +1850,432 @@
         <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>98</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D35" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>103</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>113</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>116</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>119</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D43" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>122</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D47" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D48" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D50" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D51" t="s">
-        <v>144</v>
+        <v>87</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>145</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D52" t="s">
-        <v>93</v>
+        <v>147</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D53" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D55" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D56" t="s">
-        <v>158</v>
+        <v>64</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>159</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D57" t="s">
-        <v>66</v>
+        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D58" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D59" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D60" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D61" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D62" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>176</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D63" t="s">
-        <v>177</v>
+        <v>56</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>178</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D64" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>181</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>182</v>
@@ -2324,690 +2315,682 @@
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>190</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D68" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>193</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D69" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
+        <v>195</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>198</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>201</v>
+        <v>87</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D72" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>202</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D73" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>205</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
+        <v>208</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>211</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>214</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>217</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>220</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
+        <v>223</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>226</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>229</v>
+        <v>155</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D82" t="s">
-        <v>157</v>
+        <v>109</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>230</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D83" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
+        <v>233</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D84" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>236</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D85" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>239</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D86" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>242</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
+        <v>245</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D88" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>248</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D89" t="s">
         <v>249</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>250</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D90" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>253</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="D91" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
+        <v>256</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="D92" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
+        <v>259</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="D93" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>262</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>265</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>268</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="D96" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>271</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="D97" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
+        <v>274</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="D98" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>277</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
+        <v>280</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
+        <v>283</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>286</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>289</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="D103" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>292</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="D104" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>295</v>
+      </c>
+      <c r="C105" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="D105" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>298</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="D106" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>301</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="D107" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>304</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="D108" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>307</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C109" s="1" t="s">
+      <c r="D109" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>310</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D110" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
+        <v>312</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D111" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
+        <v>315</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="D112" t="s">
         <v>317</v>
       </c>
-      <c r="D112" t="s">
+    </row>
+    <row r="113" spans="1:4">
+      <c r="B113" t="s">
         <v>318</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
+      <c r="C113" s="1"/>
     </row>
     <row r="114" spans="1:4">
       <c r="B114" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C114" s="1"/>
     </row>
     <row r="115" spans="1:4">
       <c r="B115" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C115" s="1"/>
     </row>
     <row r="116" spans="1:4">
       <c r="B116" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C116" s="1"/>
     </row>
     <row r="117" spans="1:4">
       <c r="B117" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C117" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>