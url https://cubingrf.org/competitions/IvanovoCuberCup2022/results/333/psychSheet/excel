--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -38,87 +38,87 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>8.57</t>
+    <t>8.66</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
-    <t>9.64</t>
+    <t>9.73</t>
   </si>
   <si>
     <t>7.61</t>
   </si>
   <si>
     <t>Михаил Маламант</t>
   </si>
   <si>
     <t>10.10</t>
   </si>
   <si>
     <t>8.46</t>
   </si>
   <si>
     <t>Владимир Нуждин</t>
   </si>
   <si>
     <t>11.97</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>Тимур Залалов</t>
   </si>
@@ -128,54 +128,54 @@
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>Олег Коровин</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
     <t>11.25</t>
   </si>
   <si>
     <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>14.11</t>
   </si>
   <si>
     <t>11.65</t>
   </si>
   <si>
     <t>Ксения Антипова</t>
   </si>
   <si>
-    <t>16.01</t>
-[...2 lines deleted...]
-    <t>11.80</t>
+    <t>17.16</t>
+  </si>
+  <si>
+    <t>13.48</t>
   </si>
   <si>
     <t>Василий Письмарев</t>
   </si>
   <si>
     <t>17.84</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>Ярослав Коровкин</t>
   </si>
   <si>
     <t>20.06</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
     <t>София Шевелева</t>
   </si>
   <si>
     <t>26.37</t>
   </si>