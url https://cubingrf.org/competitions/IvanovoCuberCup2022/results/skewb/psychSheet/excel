--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -38,81 +38,81 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>4.17</t>
-[...2 lines deleted...]
-    <t>2.64</t>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
+    <t>Ольга Фёдорова</t>
+  </si>
+  <si>
+    <t>8.09</t>
+  </si>
+  <si>
+    <t>4.33</t>
+  </si>
+  <si>
     <t>Ксения Антипова</t>
   </si>
   <si>
-    <t>6.23</t>
+    <t>8.12</t>
   </si>
   <si>
     <t>4.10</t>
-  </si>
-[...7 lines deleted...]
-    <t>4.33</t>
   </si>
   <si>
     <t>Василий Письмарев</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>Максим Лушин</t>
   </si>
   <si>
     <t>17.37</t>
   </si>
   <si>
     <t>11.55</t>
   </si>
   <si>
     <t>Ярослав Коровкин</t>
   </si>
   <si>
     <t>19.21</t>
   </si>