--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,411 +17,411 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Anatolii Turenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>8.76</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Ivan Polkanov</t>
-[...8 lines deleted...]
-    <t>Arsenii Pavlov</t>
+    <t>Иван Полканов</t>
+  </si>
+  <si>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>9.91</t>
+  </si>
+  <si>
+    <t>Николай Массон</t>
+  </si>
+  <si>
+    <t>15.18</t>
+  </si>
+  <si>
+    <t>12.37</t>
+  </si>
+  <si>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
-[...8 lines deleted...]
-    <t>Islam Kitiev</t>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
+    <t>Ислам Китиев</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
-[...8 lines deleted...]
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>15.28</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Stepan Matveev</t>
+    <t>Степан Матвеев</t>
   </si>
   <si>
     <t>24.18</t>
   </si>
   <si>
     <t>20.98</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
-    <t>Gleb Batenin</t>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>24.99</t>
   </si>
   <si>
     <t>18.24</t>
   </si>
   <si>
-    <t>Yekaterina Shurayeva</t>
+    <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>25.02</t>
   </si>
   <si>
     <t>23.04</t>
   </si>
   <si>
-    <t>Olga Fyodorova</t>
+    <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>27.28</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
-    <t>Luka Lukash</t>
+    <t>Лука Лукаш</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
     <t>27.45</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Timur Zalalov</t>
+    <t>Тимур Залалов</t>
   </si>
   <si>
     <t>34.57</t>
   </si>
   <si>
-    <t>Andrey Terekhov</t>
+    <t>Андрей Терехов</t>
   </si>
   <si>
     <t>36.02</t>
   </si>
   <si>
     <t>30.04</t>
   </si>
   <si>
-    <t>Kazimir Gadzhiyev</t>
+    <t>Казимир Гаджиев</t>
   </si>
   <si>
     <t>37.40</t>
   </si>
   <si>
     <t>35.27</t>
   </si>
   <si>
-    <t>Mark Burlutskiy</t>
+    <t>Марк Бурлуцкий</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
     <t>30.47</t>
   </si>
   <si>
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>Yaroslav Korovkin</t>
+    <t>Ярослав Коровкин</t>
   </si>
   <si>
     <t>44.51</t>
   </si>
   <si>
     <t>41.68</t>
   </si>
   <si>
-    <t>Denis Kolodochka</t>
+    <t>Денис Колодочка</t>
   </si>
   <si>
     <t>48.92</t>
   </si>
   <si>
     <t>42.70</t>
   </si>
   <si>
-    <t>Danil Glagolev</t>
+    <t>Данил Глаголев</t>
   </si>
   <si>
     <t>49.37</t>
   </si>
   <si>
     <t>40.90</t>
   </si>
   <si>
-    <t>Oleg Korovin</t>
+    <t>Олег Коровин</t>
   </si>
   <si>
     <t>50.99</t>
   </si>
   <si>
     <t>42.15</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>51.53</t>
   </si>
   <si>
     <t>39.74</t>
   </si>
   <si>
-    <t>Vasiliy Pisʹmarev</t>
+    <t>Василий Письмарев</t>
   </si>
   <si>
     <t>1:01.37</t>
   </si>
   <si>
     <t>53.12</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>43.61</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>1:10.21</t>
   </si>
   <si>
     <t>51.97</t>
   </si>
   <si>
-    <t>Anna Chirva</t>
+    <t>Анна Чирва</t>
   </si>
   <si>
     <t>1:14.85</t>
   </si>
   <si>
     <t>48.82</t>
   </si>
   <si>
-    <t>Serafim Danilov</t>
+    <t>Серафим Данилов</t>
   </si>
   <si>
     <t>1:06.63</t>
   </si>
   <si>
-    <t>Aleksandr Gorbunov</t>
-[...5 lines deleted...]
-    <t>Yelizaveta Ushmodina</t>
+    <t>Александр Горбунов</t>
+  </si>
+  <si>
+    <t>Аркадий Ушмодин</t>
+  </si>
+  <si>
+    <t>Елизавета Ушмодина</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,51 +744,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>