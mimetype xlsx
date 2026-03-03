--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,416 +12,413 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>10.75</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Arsenii Borovkov</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...8 lines deleted...]
-    <t>Григорий Барашкин</t>
+    <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Иван Полканов</t>
+    <t>Ivan Polkanov</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
     <t>9.91</t>
   </si>
   <si>
-    <t>Николай Массон</t>
-[...2 lines deleted...]
-    <t>15.18</t>
+    <t>Arsenii Pavlov</t>
+  </si>
+  <si>
+    <t>15.87</t>
+  </si>
+  <si>
+    <t>11.92</t>
+  </si>
+  <si>
+    <t>Nikolai Masson</t>
+  </si>
+  <si>
+    <t>16.15</t>
   </si>
   <si>
     <t>12.37</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
-[...8 lines deleted...]
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
     <t>13.41</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>16.67</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
-[...8 lines deleted...]
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
+    <t>Andrei Maslov</t>
+  </si>
+  <si>
+    <t>18.32</t>
+  </si>
+  <si>
+    <t>15.37</t>
+  </si>
+  <si>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>Олег Демчук</t>
+    <t>Oleg Demchuk</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Степан Матвеев</t>
-[...8 lines deleted...]
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
-    <t>Глеб Батенин</t>
+    <t>Gleb Batenin</t>
   </si>
   <si>
     <t>24.99</t>
   </si>
   <si>
     <t>18.24</t>
   </si>
   <si>
-    <t>Екатерина Шураева</t>
+    <t>Yekaterina Shurayeva</t>
   </si>
   <si>
     <t>25.02</t>
   </si>
   <si>
     <t>23.04</t>
   </si>
   <si>
-    <t>Ольга Фёдорова</t>
+    <t>Olga Fyodorova</t>
   </si>
   <si>
     <t>27.28</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
-    <t>Лука Лукаш</t>
+    <t>Luka Lukash</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
-[...2 lines deleted...]
-    <t>Дарья Елисеева</t>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Тимур Залалов</t>
+    <t>Stepan Matveev</t>
+  </si>
+  <si>
+    <t>32.79</t>
+  </si>
+  <si>
+    <t>23.47</t>
+  </si>
+  <si>
+    <t>Timur Zalalov</t>
   </si>
   <si>
     <t>34.57</t>
   </si>
   <si>
-    <t>Андрей Терехов</t>
+    <t>Andrey Terekhov</t>
   </si>
   <si>
     <t>36.02</t>
   </si>
   <si>
     <t>30.04</t>
   </si>
   <si>
-    <t>Казимир Гаджиев</t>
+    <t>Kazimir Gadzhiyev</t>
   </si>
   <si>
     <t>37.40</t>
   </si>
   <si>
     <t>35.27</t>
   </si>
   <si>
-    <t>Марк Бурлуцкий</t>
-[...8 lines deleted...]
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>Ярослав Коровкин</t>
+    <t>Mark Burlutskiy</t>
+  </si>
+  <si>
+    <t>39.61</t>
+  </si>
+  <si>
+    <t>34.45</t>
+  </si>
+  <si>
+    <t>Yaroslav Korovkin</t>
   </si>
   <si>
     <t>44.51</t>
   </si>
   <si>
     <t>41.68</t>
   </si>
   <si>
-    <t>Денис Колодочка</t>
+    <t>Denis Kolodochka</t>
   </si>
   <si>
     <t>48.92</t>
   </si>
   <si>
     <t>42.70</t>
   </si>
   <si>
-    <t>Данил Глаголев</t>
+    <t>Danil Glagolev</t>
   </si>
   <si>
     <t>49.37</t>
   </si>
   <si>
     <t>40.90</t>
   </si>
   <si>
-    <t>Олег Коровин</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
+  </si>
+  <si>
+    <t>Oleg Korovin</t>
   </si>
   <si>
     <t>50.99</t>
   </si>
   <si>
     <t>42.15</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...8 lines deleted...]
-    <t>Василий Письмарев</t>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Vasiliy Pisʹmarev</t>
   </si>
   <si>
     <t>1:01.37</t>
   </si>
   <si>
     <t>53.12</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...17 lines deleted...]
-    <t>Анна Чирва</t>
+    <t>Anna Chirva</t>
   </si>
   <si>
     <t>1:14.85</t>
   </si>
   <si>
     <t>48.82</t>
   </si>
   <si>
-    <t>Серафим Данилов</t>
+    <t>Serafim Danilov</t>
   </si>
   <si>
     <t>1:06.63</t>
   </si>
   <si>
-    <t>Александр Горбунов</t>
-[...5 lines deleted...]
-    <t>Елизавета Ушмодина</t>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>1:09.17</t>
+  </si>
+  <si>
+    <t>Aleksandr Gorbunov</t>
+  </si>
+  <si>
+    <t>Arkadiy Ushmodin</t>
+  </si>
+  <si>
+    <t>Yelizaveta Ushmodina</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,51 +741,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1110,51 +1107,51 @@
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
@@ -1288,84 +1285,82 @@
       <c r="D37" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D38" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>114</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="C39" s="1"/>
+      <c r="D39" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C42" s="1"/>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C43" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>