--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -38,135 +38,135 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
     <t>49.94</t>
   </si>
   <si>
     <t>43.72</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>54.98</t>
-[...2 lines deleted...]
-    <t>46.39</t>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
+  </si>
+  <si>
+    <t>1:00.05</t>
+  </si>
+  <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...7 lines deleted...]
-  <si>
     <t>Ислам Китиев</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
-    <t>1:29.33</t>
+    <t>1:28.93</t>
   </si>
   <si>
     <t>Степан Матвеев</t>
   </si>
   <si>
     <t>1:39.71</t>
   </si>
   <si>
     <t>1:31.27</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>1:47.02</t>
   </si>