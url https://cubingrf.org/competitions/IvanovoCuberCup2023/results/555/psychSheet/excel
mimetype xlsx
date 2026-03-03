--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,257 +12,254 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...20 lines deleted...]
-    <t>54.02</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Ivan Polkanov</t>
+  </si>
+  <si>
+    <t>52.22</t>
+  </si>
+  <si>
+    <t>47.53</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>52.82</t>
   </si>
   <si>
     <t>46.09</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
-[...2 lines deleted...]
-    <t>Григорий Барашкин</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>1:10.64</t>
   </si>
   <si>
     <t>59.02</t>
   </si>
   <si>
-    <t>Ислам Китиев</t>
+    <t>Islam Kitiev</t>
   </si>
   <si>
     <t>1:20.12</t>
   </si>
   <si>
     <t>1:14.47</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
+    <t>Andrei Maslov</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...2 lines deleted...]
-    <t>1:30.99</t>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
     <t>1:28.93</t>
   </si>
   <si>
-    <t>Степан Матвеев</t>
-[...8 lines deleted...]
-    <t>Арсений Боровков</t>
+    <t>Arsenii Borovkov</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>1:47.02</t>
   </si>
   <si>
     <t>1:44.71</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Stepan Matveev</t>
+  </si>
+  <si>
+    <t>1:51.87</t>
+  </si>
+  <si>
+    <t>1:39.52</t>
+  </si>
+  <si>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>2:10.53</t>
   </si>
   <si>
     <t>1:51.57</t>
   </si>
   <si>
-    <t>Глеб Батенин</t>
+    <t>Gleb Batenin</t>
   </si>
   <si>
     <t>2:10.86</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
-[...2 lines deleted...]
-    <t>2:11.42</t>
+    <t>Daria Eliseeva</t>
+  </si>
+  <si>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Ольга Фёдорова</t>
+    <t>Olga Fyodorova</t>
   </si>
   <si>
     <t>2:21.38</t>
   </si>
   <si>
     <t>2:01.12</t>
   </si>
   <si>
-    <t>Иван Олейников</t>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
-    <t>Денис Колодочка</t>
+    <t>Denis Kolodochka</t>
   </si>
   <si>
     <t>2:28.05</t>
   </si>
   <si>
-    <t>Марк Бурлуцкий</t>
-[...8 lines deleted...]
-    <t>Максим Лушин</t>
+    <t>Danil Glagolev</t>
+  </si>
+  <si>
+    <t>Maksim Lushin</t>
+  </si>
+  <si>
+    <t>Mark Burlutskiy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -585,51 +582,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -895,70 +892,64 @@
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
-      <c r="A23">
-[...1 lines deleted...]
-      </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="1"/>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C24" s="1"/>
     </row>
     <row r="25" spans="1:4">
       <c r="B25" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C25" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>