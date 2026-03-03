--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -92,90 +92,90 @@
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>41.33</t>
   </si>
   <si>
-    <t>36</t>
+    <t>37</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>42.67</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>45.00</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>47.00</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>45.00</t>
-[...17 lines deleted...]
-    <t>41</t>
+    <t>49.33</t>
   </si>
   <si>
     <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>52.33</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Султанахмед Абдурашидов</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Василий Письмарев</t>
   </si>
@@ -735,82 +735,82 @@
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" t="s">
         <v>44</v>
       </c>