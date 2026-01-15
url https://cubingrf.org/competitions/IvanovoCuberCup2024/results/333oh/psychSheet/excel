--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -56,147 +56,147 @@
   <si>
     <t>8.87</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>11.27</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
-    <t>12.71</t>
-[...2 lines deleted...]
-    <t>10.05</t>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>9.91</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
     <t>12.15</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
-    <t>17.09</t>
+    <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>17.56</t>
   </si>
   <si>
     <t>15.28</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
-  </si>
-[...7 lines deleted...]
-    <t>16.92</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>22.66</t>
   </si>