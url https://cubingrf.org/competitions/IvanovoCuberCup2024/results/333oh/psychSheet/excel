--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,503 +12,497 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>10.75</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Dmitry Gundin</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...17 lines deleted...]
-    <t>Иван Полканов</t>
+    <t>Ivan Polkanov</t>
   </si>
   <si>
     <t>12.66</t>
   </si>
   <si>
     <t>9.91</t>
   </si>
   <si>
-    <t>Никита Попков</t>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...2 lines deleted...]
-    <t>Лев Маслов</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Lev Maslov</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
-    <t>Юрий Рякин</t>
+    <t>Yuri Ryakin</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
     <t>12.15</t>
   </si>
   <si>
-    <t>Глеб Пясецкий</t>
+    <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>15.89</t>
   </si>
   <si>
     <t>11.99</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
-[...8 lines deleted...]
-    <t>Иван Олейников</t>
+    <t>Andrei Maslov</t>
+  </si>
+  <si>
+    <t>18.32</t>
+  </si>
+  <si>
+    <t>15.37</t>
+  </si>
+  <si>
+    <t>Ivan Oleinikov</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
+    <t>Dmitriy Tupis</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
+    <t>Anastasiya Maykova</t>
   </si>
   <si>
     <t>19.48</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
-    <t>Олег Демчук</t>
+    <t>Oleg Demchuk</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Николай Подобаев</t>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>22.39</t>
+  </si>
+  <si>
+    <t>14.55</t>
+  </si>
+  <si>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>22.66</t>
   </si>
   <si>
     <t>18.50</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...8 lines deleted...]
-    <t>Александр Герасимов</t>
+    <t>Aleksandr Gerasimov</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
     <t>20.45</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
+    <t>Andrey Kohhelev</t>
   </si>
   <si>
     <t>24.28</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>24.90</t>
   </si>
   <si>
     <t>20.20</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
     <t>17.83</t>
   </si>
   <si>
-    <t>Екатерина Шураева</t>
+    <t>Yekaterina Shurayeva</t>
   </si>
   <si>
     <t>25.02</t>
   </si>
   <si>
     <t>23.04</t>
   </si>
   <si>
-    <t>Илья Гусев</t>
+    <t>Ilia Gusev</t>
   </si>
   <si>
     <t>25.39</t>
   </si>
   <si>
     <t>20.56</t>
   </si>
   <si>
-    <t>Дмитрий Дунаев</t>
+    <t>Karen Zargaryan</t>
+  </si>
+  <si>
+    <t>26.34</t>
+  </si>
+  <si>
+    <t>22.67</t>
+  </si>
+  <si>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
-    <t>Ольга Фёдорова</t>
+    <t>Olga Fyodorova</t>
   </si>
   <si>
     <t>27.28</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
-    <t>Лука Лукаш</t>
+    <t>Luka Lukash</t>
   </si>
   <si>
     <t>29.84</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
-    <t>Михаил Маламант</t>
-[...8 lines deleted...]
-    <t>Павел Мишин</t>
+    <t>Pavel Mishin</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>25.76</t>
   </si>
   <si>
-    <t>Карен Заргарян</t>
-[...8 lines deleted...]
-    <t>Александр Катюков</t>
+    <t>Alexander Katyukov</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
-[...2 lines deleted...]
-    <t>Владислав Затолокин</t>
+    <t>28.23</t>
+  </si>
+  <si>
+    <t>Vladislav Zatolokin</t>
   </si>
   <si>
     <t>32.19</t>
   </si>
   <si>
     <t>23.08</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
-    <t>Тимур Залалов</t>
+    <t>Timur Zalalov</t>
   </si>
   <si>
     <t>34.57</t>
   </si>
   <si>
-    <t>Роман Абдрахманов</t>
+    <t>Roman Abdrakhmanov</t>
   </si>
   <si>
     <t>36.00</t>
   </si>
   <si>
     <t>26.19</t>
   </si>
   <si>
-    <t>Андрей Терехов</t>
+    <t>Andrey Terekhov</t>
   </si>
   <si>
     <t>36.02</t>
   </si>
   <si>
     <t>30.04</t>
   </si>
   <si>
-    <t>Казимир Гаджиев</t>
+    <t>Kazimir Gadzhiyev</t>
   </si>
   <si>
     <t>37.40</t>
   </si>
   <si>
     <t>35.27</t>
   </si>
   <si>
-    <t>Анастасия Тихенко</t>
+    <t>Anastasia Tikhenko</t>
   </si>
   <si>
     <t>38.23</t>
   </si>
   <si>
     <t>33.45</t>
   </si>
   <si>
-    <t>Вячеслав Сухарев</t>
+    <t>Vyacheslav Suharev</t>
   </si>
   <si>
     <t>38.81</t>
   </si>
   <si>
     <t>35.11</t>
   </si>
   <si>
-    <t>Никита Александров</t>
-[...14 lines deleted...]
-    <t>Данил Глаголев</t>
+    <t>Denis Gorchakov</t>
+  </si>
+  <si>
+    <t>46.59</t>
+  </si>
+  <si>
+    <t>40.42</t>
+  </si>
+  <si>
+    <t>Danil Glagolev</t>
   </si>
   <si>
     <t>49.37</t>
   </si>
   <si>
     <t>40.90</t>
   </si>
   <si>
-    <t>Олег Коровин</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
+  </si>
+  <si>
+    <t>Oleg Korovin</t>
   </si>
   <si>
     <t>50.99</t>
   </si>
   <si>
     <t>42.15</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...8 lines deleted...]
-    <t>Пётр Шипицин</t>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Petr Shipitsin</t>
   </si>
   <si>
     <t>55.35</t>
   </si>
   <si>
     <t>51.10</t>
   </si>
   <si>
-    <t>Василий Письмарев</t>
+    <t>Vasiliy Pisʹmarev</t>
   </si>
   <si>
     <t>1:01.37</t>
   </si>
   <si>
     <t>53.12</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...8 lines deleted...]
-    <t>Анна Чирва</t>
+    <t>Anna Chirva</t>
   </si>
   <si>
     <t>1:14.85</t>
   </si>
   <si>
     <t>48.82</t>
   </si>
   <si>
-    <t>Станислав Грибанов</t>
+    <t>Stanislav Gribanov</t>
   </si>
   <si>
     <t>45.88</t>
   </si>
   <si>
-    <t>Султанахмед Абдурашидов</t>
+    <t>Nikita Alexandrov</t>
+  </si>
+  <si>
+    <t>47.32</t>
+  </si>
+  <si>
+    <t>Sultanakhmed Abdurashidov</t>
   </si>
   <si>
     <t>57.89</t>
   </si>
   <si>
-    <t>Альберт Кочаров</t>
+    <t>Albert Kocharov</t>
+  </si>
+  <si>
+    <t>Mikhail Malamant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -831,53 +825,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C53" sqref="C53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1309,79 +1303,79 @@
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D33" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>98</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>102</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D37" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>108</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>109</v>
@@ -1435,178 +1429,168 @@
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>120</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D42" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>123</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D43" t="s">
-        <v>112</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D45" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D46" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D47" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D48" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="C49" s="1" t="s">
         <v>141</v>
       </c>
+      <c r="C49" s="1"/>
       <c r="D49" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>143</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="C50" s="1"/>
+      <c r="D50" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="B52" t="s">
         <v>147</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C52" s="1"/>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="B53" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C53" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>