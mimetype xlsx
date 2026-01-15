--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,489 +17,489 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>27.95</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Ivan Polkanov</t>
+    <t>Иван Полканов</t>
   </si>
   <si>
     <t>29.01</t>
   </si>
   <si>
     <t>24.75</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
     <t>26.58</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>36.41</t>
   </si>
   <si>
     <t>33.72</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>37.95</t>
   </si>
   <si>
     <t>30.51</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>38.02</t>
+  </si>
+  <si>
+    <t>30.21</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
     <t>34.64</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>40.31</t>
   </si>
   <si>
     <t>37.31</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
-    <t>Aleksandr Gerasimov</t>
+    <t>Александр Герасимов</t>
   </si>
   <si>
     <t>41.67</t>
   </si>
   <si>
     <t>37.06</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
-    <t>39.65</t>
-[...2 lines deleted...]
-    <t>Andrey Zhukov</t>
+    <t>33.84</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
-    <t>Karen Zargaryan</t>
+    <t>Карен Заргарян</t>
   </si>
   <si>
     <t>47.56</t>
   </si>
   <si>
     <t>38.18</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>48.63</t>
   </si>
   <si>
     <t>40.13</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
   </si>
   <si>
-    <t>Yuriy Grinchiy</t>
+    <t>Юрий Гринчий</t>
   </si>
   <si>
     <t>51.39</t>
   </si>
   <si>
     <t>44.57</t>
   </si>
   <si>
-    <t>Vladislav Zatolokin</t>
-[...2 lines deleted...]
-    <t>51.63</t>
+    <t>Владислав Затолокин</t>
+  </si>
+  <si>
+    <t>51.48</t>
   </si>
   <si>
     <t>45.28</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Anastasia Tikhenko</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>53.93</t>
   </si>
   <si>
     <t>39.79</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>58.37</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
-    <t>Ilia Gusev</t>
+    <t>Илья Гусев</t>
   </si>
   <si>
     <t>58.61</t>
   </si>
   <si>
     <t>51.10</t>
   </si>
   <si>
-    <t>Olga Fyodorova</t>
+    <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>59.72</t>
   </si>
   <si>
     <t>48.38</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...8 lines deleted...]
-    <t>Yekaterina Shurayeva</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
+  </si>
+  <si>
+    <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>1:02.30</t>
   </si>
   <si>
     <t>49.90</t>
   </si>
   <si>
-    <t>Vyacheslav Suharev</t>
+    <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>1:02.62</t>
   </si>
   <si>
     <t>55.50</t>
   </si>
   <si>
-    <t>Nikita Alexandrov</t>
+    <t>Никита Александров</t>
   </si>
   <si>
     <t>1:02.81</t>
   </si>
   <si>
     <t>50.81</t>
   </si>
   <si>
-    <t>Timur Zalalov</t>
+    <t>Тимур Залалов</t>
   </si>
   <si>
     <t>1:05.17</t>
   </si>
   <si>
     <t>54.35</t>
   </si>
   <si>
-    <t>Aleksandr Berezko</t>
+    <t>Александр Березко</t>
   </si>
   <si>
     <t>1:05.99</t>
   </si>
   <si>
     <t>58.81</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
-    <t>Luka Lukash</t>
+    <t>Лука Лукаш</t>
   </si>
   <si>
     <t>1:14.04</t>
   </si>
   <si>
     <t>1:02.92</t>
   </si>
   <si>
-    <t>Vasiliy Pisʹmarev</t>
+    <t>Василий Письмарев</t>
   </si>
   <si>
     <t>1:17.93</t>
   </si>
   <si>
     <t>1:09.90</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>1:36.15</t>
   </si>
   <si>
     <t>1:27.44</t>
   </si>
   <si>
-    <t>Denis Gorchakov</t>
+    <t>Денис Горчаков</t>
   </si>
   <si>
     <t>1:27.80</t>
   </si>
   <si>
-    <t>Petr Shipitsin</t>
+    <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:35.25</t>
   </si>
   <si>
-    <t>Anna Chirva</t>
+    <t>Анна Чирва</t>
   </si>
   <si>
     <t>1:44.19</t>
   </si>
   <si>
-    <t>Oleg Korovin</t>
+    <t>Олег Коровин</t>
   </si>
   <si>
     <t>1:47.37</t>
   </si>
   <si>
-    <t>Maksim Lushin</t>
+    <t>Максим Лушин</t>
   </si>
   <si>
     <t>1:56.32</t>
   </si>
   <si>
-    <t>Danil Glagolev</t>
+    <t>Данил Глаголев</t>
   </si>
   <si>
     <t>1:56.40</t>
   </si>
   <si>
-    <t>Stanislav Gribanov</t>
+    <t>Станислав Грибанов</t>
   </si>
   <si>
     <t>2:09.17</t>
   </si>
   <si>
-    <t>Albert Kocharov</t>
-[...8 lines deleted...]
-    <t>Yaroslav Tafinsev</t>
+    <t>Альберт Кочаров</t>
+  </si>
+  <si>
+    <t>Вячеслав Иванов</t>
+  </si>
+  <si>
+    <t>Султанахмед Абдурашидов</t>
+  </si>
+  <si>
+    <t>Ярослав Тафинцев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -822,51 +822,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C54" sqref="C54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>