--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,227 +29,227 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Иван Полканов</t>
   </si>
   <si>
-    <t>29.01</t>
+    <t>29.35</t>
   </si>
   <si>
     <t>24.75</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
+    <t>27.36</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>Николай Подобаев</t>
   </si>
   <si>
     <t>36.41</t>
   </si>
   <si>
     <t>33.72</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
-    <t>37.95</t>
+    <t>37.44</t>
   </si>
   <si>
     <t>30.51</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
-    <t>34.64</t>
+    <t>32.89</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>40.31</t>
   </si>
   <si>
     <t>37.31</t>
   </si>
   <si>
+    <t>Карен Заргарян</t>
+  </si>
+  <si>
+    <t>40.53</t>
+  </si>
+  <si>
+    <t>38.18</t>
+  </si>
+  <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>40.77</t>
   </si>
   <si>
     <t>35.30</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
     <t>Александр Герасимов</t>
   </si>
   <si>
     <t>41.67</t>
   </si>
   <si>
     <t>37.06</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
     <t>33.84</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
-    <t>Карен Заргарян</t>
-[...7 lines deleted...]
-  <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>48.63</t>
   </si>
   <si>
     <t>40.13</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
@@ -272,180 +272,180 @@
   <si>
     <t>45.28</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>53.93</t>
   </si>
   <si>
     <t>39.79</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
-    <t>54.46</t>
+    <t>54.48</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
+    <t>Илья Гусев</t>
+  </si>
+  <si>
+    <t>58.61</t>
+  </si>
+  <si>
+    <t>51.10</t>
+  </si>
+  <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>58.37</t>
+    <t>59.22</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
-    <t>Илья Гусев</t>
-[...7 lines deleted...]
-  <si>
     <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>59.72</t>
   </si>
   <si>
     <t>48.38</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
     <t>Екатерина Шураева</t>
   </si>
   <si>
     <t>1:02.30</t>
   </si>
   <si>
     <t>49.90</t>
   </si>
   <si>
     <t>Вячеслав Сухарев</t>
   </si>
   <si>
     <t>1:02.62</t>
   </si>
   <si>
     <t>55.50</t>
   </si>
   <si>
+    <t>Тимур Залалов</t>
+  </si>
+  <si>
+    <t>1:05.17</t>
+  </si>
+  <si>
+    <t>54.35</t>
+  </si>
+  <si>
+    <t>Александр Березко</t>
+  </si>
+  <si>
+    <t>1:05.99</t>
+  </si>
+  <si>
+    <t>58.81</t>
+  </si>
+  <si>
     <t>Никита Александров</t>
   </si>
   <si>
-    <t>1:02.81</t>
-[...20 lines deleted...]
-    <t>58.81</t>
+    <t>1:06.69</t>
+  </si>
+  <si>
+    <t>1:01.86</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
     <t>Лука Лукаш</t>
   </si>
   <si>
     <t>1:14.04</t>
   </si>
   <si>
     <t>1:02.92</t>
   </si>
   <si>
     <t>Василий Письмарев</t>
   </si>
   <si>
     <t>1:17.93</t>
   </si>
   <si>
     <t>1:09.90</t>
   </si>
   <si>
     <t>Диана Мурник</t>
   </si>
   <si>
-    <t>1:36.15</t>
-[...2 lines deleted...]
-    <t>1:27.44</t>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
   </si>
   <si>
     <t>Денис Горчаков</t>
   </si>
   <si>
     <t>1:27.80</t>
   </si>
   <si>
     <t>Пётр Шипицин</t>
   </si>
   <si>
     <t>1:35.25</t>
   </si>
   <si>
     <t>Анна Чирва</t>
   </si>
   <si>
     <t>1:44.19</t>
   </si>
   <si>
     <t>Олег Коровин</t>
   </si>
   <si>
     <t>1:47.37</t>
   </si>