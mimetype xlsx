--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,162 +17,162 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333mbf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>20/21 56:28</t>
   </si>
   <si>
-    <t>Nikolay Podobayev</t>
+    <t>Николай Подобаев</t>
   </si>
   <si>
     <t>13/13 56:11</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>15/17 59:21</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>12/13 52:16</t>
   </si>
   <si>
-    <t>Max Korchagin</t>
+    <t>Максимилиан Корчагин</t>
   </si>
   <si>
     <t>9/11 49:19</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>5/5 41:23</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>4/4 32:56</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6/8 55:51</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>3/3 19:48</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3/3 25:07</t>
   </si>
   <si>
-    <t>Maksim Temnyshov</t>
+    <t>Максим Темнышов</t>
   </si>
   <si>
     <t>3/3 25:51</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>2/2 20:00</t>
   </si>
   <si>
-    <t>Evgeny Skachkov</t>
+    <t>Евгений Скачков</t>
   </si>
   <si>
     <t>3/4 31:50</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>2/3 13:45</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>2/3 28:26</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...11 lines deleted...]
-    <t>Ivan Streshinskiy</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>Артём Куликов</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -495,51 +495,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>