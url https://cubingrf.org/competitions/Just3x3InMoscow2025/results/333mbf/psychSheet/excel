--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,167 +12,158 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333mbf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...14 lines deleted...]
-    <t>Николай Подобаев</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Nikolay Podobayev</t>
   </si>
   <si>
     <t>13/13 56:11</t>
   </si>
   <si>
-    <t>Андрей Синицын</t>
+    <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>15/17 59:21</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...5 lines deleted...]
-    <t>Максимилиан Корчагин</t>
+    <t>Nikita Popkov</t>
+  </si>
+  <si>
+    <t>15/19 58:42</t>
+  </si>
+  <si>
+    <t>Polina Lapteva</t>
+  </si>
+  <si>
+    <t>11/12 53:28</t>
+  </si>
+  <si>
+    <t>Max Korchagin</t>
   </si>
   <si>
     <t>9/11 49:19</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
+    <t>Andrey Panov</t>
   </si>
   <si>
     <t>5/5 41:23</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>4/4 32:56</t>
   </si>
   <si>
-    <t>Андрей Жуков</t>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>6/8 55:51</t>
   </si>
   <si>
-    <t>Александр Катюков</t>
-[...5 lines deleted...]
-    <t>Анатолий Туренко</t>
+    <t>Anatolii Turenko</t>
   </si>
   <si>
     <t>3/3 25:07</t>
   </si>
   <si>
-    <t>Максим Темнышов</t>
+    <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>3/3 25:51</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...11 lines deleted...]
-    <t>Екатерина Канева</t>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>2/3 13:45</t>
   </si>
   <si>
-    <t>Егор Касюк</t>
+    <t>Egor Kasyuk</t>
   </si>
   <si>
     <t>2/3 28:26</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...11 lines deleted...]
-    <t>Иван Стрешинский</t>
+    <t>Alexander Katyukov</t>
+  </si>
+  <si>
+    <t>Aleksandr Kropotov</t>
+  </si>
+  <si>
+    <t>Arsenii Borovkov</t>
+  </si>
+  <si>
+    <t>Artem Kulikov</t>
+  </si>
+  <si>
+    <t>Dmitry Nagirnyak</t>
+  </si>
+  <si>
+    <t>Evgeny Skachkov</t>
+  </si>
+  <si>
+    <t>Ivan Oleinikov</t>
+  </si>
+  <si>
+    <t>Ivan Streshinskiy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -495,51 +486,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -647,109 +638,94 @@
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
-      <c r="A14">
-[...1 lines deleted...]
-      </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C14" s="1"/>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="B15" t="s">
         <v>29</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C15" s="1"/>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="B16" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="C16" s="1"/>
     </row>
     <row r="17" spans="1:4">
       <c r="B17" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C17" s="1"/>
     </row>
     <row r="18" spans="1:4">
       <c r="B18" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C18" s="1"/>
     </row>
     <row r="19" spans="1:4">
       <c r="B19" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C19" s="1"/>
     </row>
     <row r="20" spans="1:4">
       <c r="B20" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C20" s="1"/>
     </row>
     <row r="21" spans="1:4">
       <c r="B21" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C21" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>