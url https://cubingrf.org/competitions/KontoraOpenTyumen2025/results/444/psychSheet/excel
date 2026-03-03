--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,257 +12,251 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>29.14</t>
   </si>
   <si>
     <t>26.53</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
     <t>Николай Катаев</t>
   </si>
   <si>
-    <t>37.69</t>
-[...2 lines deleted...]
-    <t>34.08</t>
+    <t>36.95</t>
+  </si>
+  <si>
+    <t>32.29</t>
   </si>
   <si>
     <t>Павел Ерошкин</t>
   </si>
   <si>
-    <t>38.95</t>
+    <t>39.39</t>
   </si>
   <si>
     <t>32.45</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
+    <t>37.85</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>43.91</t>
   </si>
   <si>
     <t>34.00</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
-    <t>45.27</t>
+    <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
-    <t>45.56</t>
+    <t>45.18</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
     <t>48.83</t>
   </si>
   <si>
     <t>43.01</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
+    <t>Матвей Прытков</t>
+  </si>
+  <si>
+    <t>55.87</t>
+  </si>
+  <si>
+    <t>43.46</t>
+  </si>
+  <si>
+    <t>Матвей Бурков</t>
+  </si>
+  <si>
+    <t>59.39</t>
+  </si>
+  <si>
+    <t>48.29</t>
+  </si>
+  <si>
     <t>Дарья Владимирова</t>
   </si>
   <si>
-    <t>55.85</t>
-[...11 lines deleted...]
-    <t>43.46</t>
+    <t>1:02.06</t>
+  </si>
+  <si>
+    <t>50.87</t>
+  </si>
+  <si>
+    <t>Артём Рюмин</t>
+  </si>
+  <si>
+    <t>1:03.14</t>
+  </si>
+  <si>
+    <t>54.76</t>
+  </si>
+  <si>
+    <t>Арсений Кислицын</t>
+  </si>
+  <si>
+    <t>1:04.04</t>
+  </si>
+  <si>
+    <t>55.40</t>
   </si>
   <si>
     <t>Александр Шишков</t>
   </si>
   <si>
-    <t>56.47</t>
-[...11 lines deleted...]
-    <t>48.29</t>
+    <t>1:04.74</t>
+  </si>
+  <si>
+    <t>1:00.83</t>
+  </si>
+  <si>
+    <t>Николай Котов</t>
+  </si>
+  <si>
+    <t>1:10.94</t>
+  </si>
+  <si>
+    <t>59.45</t>
+  </si>
+  <si>
+    <t>Таир Дадашев</t>
+  </si>
+  <si>
+    <t>1:11.07</t>
+  </si>
+  <si>
+    <t>1:06.88</t>
+  </si>
+  <si>
+    <t>Тимур Братухин</t>
+  </si>
+  <si>
+    <t>1:29.59</t>
+  </si>
+  <si>
+    <t>1:14.07</t>
+  </si>
+  <si>
+    <t>Софья Габова</t>
+  </si>
+  <si>
+    <t>2:42.99</t>
   </si>
   <si>
     <t>Андрей Радаев</t>
-  </si>
-[...55 lines deleted...]
-    <t>2:42.99</t>
   </si>
   <si>
     <t>Олег Меньшиков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -894,72 +888,64 @@
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="C22" s="1"/>
+      <c r="D22" t="s">
         <v>65</v>
       </c>
-      <c r="D22" t="s">
+    </row>
+    <row r="23" spans="1:4">
+      <c r="B23" t="s">
         <v>66</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C23" s="1"/>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C24" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>