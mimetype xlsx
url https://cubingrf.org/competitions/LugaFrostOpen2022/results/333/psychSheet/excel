--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -17,369 +17,369 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.53</t>
   </si>
   <si>
     <t>6.39</t>
   </si>
   <si>
-    <t>Mikhail Kalashnikov</t>
+    <t>Михаил Калашников</t>
   </si>
   <si>
     <t>8.27</t>
   </si>
   <si>
     <t>5.89</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Anton Mikhailik</t>
+    <t>Антон Михайлик</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.08</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Roman Kremer</t>
+    <t>Роман Кремер</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>10.18</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>11.39</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>13.80</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
-    <t>Kirill Afonin</t>
+    <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>17.15</t>
   </si>
   <si>
     <t>15.45</t>
   </si>
   <si>
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>19.79</t>
   </si>
   <si>
     <t>14.43</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Artëm Khamitov</t>
+    <t>Артём Хамитов</t>
   </si>
   <si>
     <t>23.55</t>
   </si>
   <si>
     <t>19.63</t>
   </si>
   <si>
-    <t>Stanislav Neylenko</t>
+    <t>Станислав Нейленко</t>
   </si>
   <si>
     <t>23.79</t>
   </si>
   <si>
     <t>19.93</t>
   </si>
   <si>
-    <t>Ivan Gorelov</t>
+    <t>Иван Горелов</t>
   </si>
   <si>
     <t>24.16</t>
   </si>
   <si>
     <t>20.82</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>24.65</t>
   </si>
   <si>
-    <t>Iaroslav Bakhturin</t>
+    <t>Ярослав Бахтурин</t>
   </si>
   <si>
     <t>25.62</t>
   </si>
   <si>
     <t>19.39</t>
   </si>
   <si>
-    <t>Pavel Kamayev</t>
+    <t>Павел Камаев</t>
   </si>
   <si>
     <t>26.18</t>
   </si>
   <si>
     <t>22.23</t>
   </si>
   <si>
-    <t>Georgiy Zvezdin</t>
+    <t>Георгий Звездин</t>
   </si>
   <si>
     <t>30.49</t>
   </si>
   <si>
     <t>28.87</t>
   </si>
   <si>
-    <t>Nikita Zolin</t>
+    <t>Никита Золин</t>
   </si>
   <si>
     <t>30.95</t>
   </si>
   <si>
     <t>25.93</t>
   </si>
   <si>
-    <t>Andrey Sevastʹyanov</t>
+    <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>31.87</t>
   </si>
   <si>
     <t>29.77</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
-    <t>Ivan Fomichev</t>
+    <t>Иван Фомичев</t>
   </si>
   <si>
     <t>35.93</t>
   </si>
   <si>
     <t>30.42</t>
   </si>
   <si>
-    <t>Konstantin Komissarov</t>
+    <t>Константин Комиссаров</t>
   </si>
   <si>
     <t>40.69</t>
   </si>
   <si>
     <t>33.83</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>43.07</t>
   </si>
   <si>
     <t>31.10</t>
   </si>
   <si>
-    <t>Boris Karpov</t>
+    <t>Борис Карпов</t>
   </si>
   <si>
     <t>43.23</t>
   </si>
   <si>
     <t>38.97</t>
   </si>
   <si>
-    <t>Yaroslav Klimenko</t>
+    <t>Ярослав Клименко</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>37.84</t>
   </si>
   <si>
-    <t>Marina Odegova</t>
+    <t>Марина Одегова</t>
   </si>
   <si>
     <t>1:29.44</t>
   </si>
   <si>
     <t>1:03.47</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>