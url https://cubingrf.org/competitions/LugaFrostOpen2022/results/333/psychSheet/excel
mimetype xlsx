--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -12,374 +12,377 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...17 lines deleted...]
-    <t>Михаил Калашников</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
+  </si>
+  <si>
+    <t>7.38</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>Mikhail Kalashnikov</t>
   </si>
   <si>
     <t>8.27</t>
   </si>
   <si>
     <t>5.89</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Антон Михайлик</t>
+    <t>Anton Mikhailik</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.08</t>
   </si>
   <si>
-    <t>Георгий Аветиков</t>
+    <t>Georgii Avetikov</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Роман Кремер</t>
+    <t>Roman Kremer</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
-    <t>10.18</t>
-[...2 lines deleted...]
-    <t>Амин Ашоур</t>
+    <t>10.21</t>
+  </si>
+  <si>
+    <t>Amin Ashour</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>11.39</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
-    <t>Анастасия Регонен</t>
+    <t>Anastasia Gubanova</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>13.80</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
-    <t>Кирилл Афонин</t>
+    <t>Pëtr Anukov</t>
+  </si>
+  <si>
+    <t>15.71</t>
+  </si>
+  <si>
+    <t>14.60</t>
+  </si>
+  <si>
+    <t>Kirill Afonin</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
-    <t>Пётр Ануков</t>
-[...17 lines deleted...]
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>15.09</t>
+  </si>
+  <si>
+    <t>Artëm Khamitov</t>
+  </si>
+  <si>
+    <t>23.55</t>
+  </si>
+  <si>
+    <t>19.63</t>
+  </si>
+  <si>
+    <t>Stanislav Neylenko</t>
+  </si>
+  <si>
+    <t>23.79</t>
+  </si>
+  <si>
+    <t>19.93</t>
+  </si>
+  <si>
+    <t>Ivan Gorelov</t>
+  </si>
+  <si>
+    <t>24.16</t>
+  </si>
+  <si>
+    <t>20.82</t>
+  </si>
+  <si>
+    <t>Yegor Zhogin</t>
+  </si>
+  <si>
+    <t>24.65</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
-    <t>15.88</t>
-[...35 lines deleted...]
-    <t>Ярослав Бахтурин</t>
+    <t>Iaroslav Bakhturin</t>
   </si>
   <si>
     <t>25.62</t>
   </si>
   <si>
     <t>19.39</t>
   </si>
   <si>
-    <t>Павел Камаев</t>
+    <t>Pavel Kamayev</t>
   </si>
   <si>
     <t>26.18</t>
   </si>
   <si>
     <t>22.23</t>
   </si>
   <si>
-    <t>Георгий Звездин</t>
+    <t>Georgiy Zvezdin</t>
   </si>
   <si>
     <t>30.49</t>
   </si>
   <si>
     <t>28.87</t>
   </si>
   <si>
-    <t>Никита Золин</t>
-[...2 lines deleted...]
-    <t>30.95</t>
+    <t>Nikita Zolin</t>
+  </si>
+  <si>
+    <t>30.54</t>
   </si>
   <si>
     <t>25.93</t>
   </si>
   <si>
-    <t>Андрей Севастьянов</t>
+    <t>Vladimir Kushnir</t>
+  </si>
+  <si>
+    <t>31.77</t>
+  </si>
+  <si>
+    <t>27.42</t>
+  </si>
+  <si>
+    <t>Andrey Sevastʹyanov</t>
   </si>
   <si>
     <t>31.87</t>
   </si>
   <si>
-    <t>29.77</t>
-[...2 lines deleted...]
-    <t>Наталья Соболева</t>
+    <t>22.56</t>
+  </si>
+  <si>
+    <t>Natalya Soboleva</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
-    <t>Иван Фомичев</t>
+    <t>Ivan Fomichev</t>
   </si>
   <si>
     <t>35.93</t>
   </si>
   <si>
     <t>30.42</t>
   </si>
   <si>
-    <t>Константин Комиссаров</t>
+    <t>Konstantin Komissarov</t>
   </si>
   <si>
     <t>40.69</t>
   </si>
   <si>
     <t>33.83</t>
   </si>
   <si>
-    <t>Наталья Пягай</t>
+    <t>Natalia Piagai</t>
   </si>
   <si>
     <t>43.07</t>
   </si>
   <si>
     <t>31.10</t>
   </si>
   <si>
-    <t>Борис Карпов</t>
+    <t>Boris Karpov</t>
   </si>
   <si>
     <t>43.23</t>
   </si>
   <si>
     <t>38.97</t>
   </si>
   <si>
-    <t>Ярослав Клименко</t>
+    <t>Yaroslav Klimenko</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>37.84</t>
   </si>
   <si>
-    <t>Марина Одегова</t>
+    <t>Marina Odegova</t>
   </si>
   <si>
     <t>1:29.44</t>
   </si>
   <si>
     <t>1:03.47</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1060,219 +1063,219 @@
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>