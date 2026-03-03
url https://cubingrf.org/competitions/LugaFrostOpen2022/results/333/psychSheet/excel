--- v2 (2026-03-03)
+++ v3 (2026-03-03)
@@ -17,372 +17,372 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.38</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
-    <t>Mikhail Kalashnikov</t>
+    <t>Михаил Калашников</t>
   </si>
   <si>
     <t>8.27</t>
   </si>
   <si>
     <t>5.89</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Anton Mikhailik</t>
+    <t>Антон Михайлик</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.08</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Roman Kremer</t>
+    <t>Роман Кремер</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>10.21</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>11.39</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>13.80</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>15.71</t>
   </si>
   <si>
     <t>14.60</t>
   </si>
   <si>
-    <t>Kirill Afonin</t>
+    <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>18.14</t>
   </si>
   <si>
     <t>15.09</t>
   </si>
   <si>
-    <t>Artëm Khamitov</t>
+    <t>Артём Хамитов</t>
   </si>
   <si>
     <t>23.55</t>
   </si>
   <si>
     <t>19.63</t>
   </si>
   <si>
-    <t>Stanislav Neylenko</t>
+    <t>Станислав Нейленко</t>
   </si>
   <si>
     <t>23.79</t>
   </si>
   <si>
     <t>19.93</t>
   </si>
   <si>
-    <t>Ivan Gorelov</t>
+    <t>Иван Горелов</t>
   </si>
   <si>
     <t>24.16</t>
   </si>
   <si>
     <t>20.82</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>24.65</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
-    <t>Iaroslav Bakhturin</t>
+    <t>Ярослав Бахтурин</t>
   </si>
   <si>
     <t>25.62</t>
   </si>
   <si>
     <t>19.39</t>
   </si>
   <si>
-    <t>Pavel Kamayev</t>
+    <t>Павел Камаев</t>
   </si>
   <si>
     <t>26.18</t>
   </si>
   <si>
     <t>22.23</t>
   </si>
   <si>
-    <t>Georgiy Zvezdin</t>
+    <t>Георгий Звездин</t>
   </si>
   <si>
     <t>30.49</t>
   </si>
   <si>
     <t>28.87</t>
   </si>
   <si>
-    <t>Nikita Zolin</t>
+    <t>Никита Золин</t>
   </si>
   <si>
     <t>30.54</t>
   </si>
   <si>
     <t>25.93</t>
   </si>
   <si>
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>31.77</t>
   </si>
   <si>
     <t>27.42</t>
   </si>
   <si>
-    <t>Andrey Sevastʹyanov</t>
+    <t>Андрей Севастьянов</t>
   </si>
   <si>
     <t>31.87</t>
   </si>
   <si>
     <t>22.56</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
-    <t>Ivan Fomichev</t>
+    <t>Иван Фомичев</t>
   </si>
   <si>
     <t>35.93</t>
   </si>
   <si>
     <t>30.42</t>
   </si>
   <si>
-    <t>Konstantin Komissarov</t>
+    <t>Константин Комиссаров</t>
   </si>
   <si>
     <t>40.69</t>
   </si>
   <si>
     <t>33.83</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>43.07</t>
   </si>
   <si>
     <t>31.10</t>
   </si>
   <si>
-    <t>Boris Karpov</t>
+    <t>Борис Карпов</t>
   </si>
   <si>
     <t>43.23</t>
   </si>
   <si>
     <t>38.97</t>
   </si>
   <si>
-    <t>Yaroslav Klimenko</t>
+    <t>Ярослав Клименко</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>37.84</t>
   </si>
   <si>
-    <t>Marina Odegova</t>
+    <t>Марина Одегова</t>
   </si>
   <si>
     <t>1:29.44</t>
   </si>
   <si>
     <t>1:03.47</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>