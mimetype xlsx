--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -35,105 +35,105 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
     <t>Михаил Калашников</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
-    <t>20.47</t>
+    <t>19.67</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
     <t>Антон Михайлик</t>
   </si>
   <si>
     <t>23.14</t>
   </si>
   <si>
     <t>16.69</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
-    <t>23.38</t>
+    <t>24.60</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>27.09</t>
   </si>
   <si>
     <t>20.70</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
@@ -644,51 +644,51 @@
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>