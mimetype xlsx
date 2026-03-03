--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -29,96 +29,96 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>29.37</t>
+    <t>27.77</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
     <t>Михаил Калашников</t>
   </si>
   <si>
     <t>38.60</t>
   </si>
   <si>
     <t>29.54</t>
   </si>
   <si>
     <t>Антон Михайлик</t>
   </si>
   <si>
     <t>41.16</t>
   </si>
   <si>
     <t>39.09</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>42.87</t>
+    <t>41.90</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
     <t>Роман Кремер</t>
   </si>
   <si>
     <t>45.46</t>
   </si>
   <si>
     <t>37.92</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
@@ -152,66 +152,66 @@
   <si>
     <t>59.22</t>
   </si>
   <si>
     <t>52.20</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>1:05.64</t>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
-  </si>
-[...7 lines deleted...]
-    <t>56.26</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>2:08.89</t>
   </si>
   <si>
     <t>1:42.36</t>
   </si>
   <si>
     <t>Наталья Соболева</t>
   </si>
   <si>
     <t>2:10.28</t>
   </si>
   <si>
     <t>1:43.00</t>
   </si>
   <si>
     <t>Ярослав Бахтурин</t>
   </si>
   <si>
     <t>1:59.42</t>
   </si>