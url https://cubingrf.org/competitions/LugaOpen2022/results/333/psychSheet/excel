--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -17,366 +17,366 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Dobrjakov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>6.74</t>
   </si>
   <si>
     <t>5.52</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>9.09</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>11.95</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>11.39</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>9.68</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
-    <t>Yegor Gerasimenko</t>
+    <t>Егор Герасименко</t>
   </si>
   <si>
     <t>15.49</t>
   </si>
   <si>
     <t>11.94</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>16.43</t>
   </si>
   <si>
     <t>14.20</t>
   </si>
   <si>
-    <t>Kirill Afonin</t>
+    <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
-    <t>Grigoriy Gerasimenko</t>
+    <t>Григорий Герасименко</t>
   </si>
   <si>
     <t>16.88</t>
   </si>
   <si>
     <t>15.14</t>
   </si>
   <si>
-    <t>Pëtr Anukov</t>
+    <t>Пётр Ануков</t>
   </si>
   <si>
     <t>17.15</t>
   </si>
   <si>
     <t>15.45</t>
   </si>
   <si>
-    <t>Andrey Zastolbin</t>
+    <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>19.79</t>
   </si>
   <si>
     <t>14.43</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>19.95</t>
   </si>
   <si>
     <t>15.88</t>
   </si>
   <si>
-    <t>Artëm Khamitov</t>
+    <t>Артём Хамитов</t>
   </si>
   <si>
     <t>23.55</t>
   </si>
   <si>
     <t>19.63</t>
   </si>
   <si>
-    <t>Andrey Sokolov</t>
+    <t>Андрей Соколов</t>
   </si>
   <si>
     <t>23.81</t>
   </si>
   <si>
     <t>18.77</t>
   </si>
   <si>
-    <t>Liubov Abashkina</t>
+    <t>Любовь Абашкина</t>
   </si>
   <si>
     <t>25.27</t>
   </si>
   <si>
     <t>20.18</t>
   </si>
   <si>
-    <t>Pavel Kamayev</t>
+    <t>Павел Камаев</t>
   </si>
   <si>
     <t>26.18</t>
   </si>
   <si>
     <t>22.23</t>
   </si>
   <si>
-    <t>Pavel Nosov</t>
+    <t>Павел Носов</t>
   </si>
   <si>
     <t>28.61</t>
   </si>
   <si>
     <t>25.30</t>
   </si>
   <si>
-    <t>Yegor Brykov</t>
+    <t>Егор Брыков</t>
   </si>
   <si>
     <t>30.67</t>
   </si>
   <si>
     <t>26.35</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
-    <t>Boris Karpov</t>
+    <t>Борис Карпов</t>
   </si>
   <si>
     <t>43.23</t>
   </si>
   <si>
     <t>38.97</t>
   </si>
   <si>
-    <t>Aleksey Sobin</t>
+    <t>Алексей Собин</t>
   </si>
   <si>
     <t>56.36</t>
   </si>
   <si>
     <t>41.59</t>
   </si>
   <si>
-    <t>Konstantin Odegov</t>
+    <t>Константин Одегов</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>58.28</t>
   </si>
   <si>
-    <t>Varvara Shtadler</t>
+    <t>Варвара Штадлер</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>27.56</t>
   </si>
   <si>
-    <t>Serafima Sorokina</t>
+    <t>Серафима Сорокина</t>
   </si>
   <si>
     <t>1:06.47</t>
   </si>
   <si>
     <t>57.15</t>
   </si>
   <si>
-    <t>Nikita Kolesnik</t>
+    <t>Никита Колесник</t>
   </si>
   <si>
     <t>1:08.68</t>
   </si>
   <si>
     <t>1:03.14</t>
   </si>
   <si>
-    <t>Vadim Shchulepov</t>
+    <t>Вадим Щулепов</t>
   </si>
   <si>
     <t>1:50.65</t>
   </si>
   <si>
     <t>1:31.79</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>