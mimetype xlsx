--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>6.74</t>
   </si>
   <si>
-    <t>5.52</t>
+    <t>5.78</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
@@ -152,165 +152,165 @@
   <si>
     <t>13.31</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>14.63</t>
   </si>
   <si>
     <t>12.78</t>
   </si>
   <si>
     <t>Егор Герасименко</t>
   </si>
   <si>
     <t>15.49</t>
   </si>
   <si>
     <t>11.94</t>
   </si>
   <si>
+    <t>Пётр Ануков</t>
+  </si>
+  <si>
+    <t>15.71</t>
+  </si>
+  <si>
+    <t>14.60</t>
+  </si>
+  <si>
     <t>Александр Большаков</t>
   </si>
   <si>
     <t>16.43</t>
   </si>
   <si>
     <t>14.20</t>
   </si>
   <si>
     <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
     <t>Григорий Герасименко</t>
   </si>
   <si>
     <t>16.88</t>
   </si>
   <si>
     <t>15.14</t>
   </si>
   <si>
-    <t>Пётр Ануков</t>
-[...5 lines deleted...]
-    <t>15.45</t>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>15.09</t>
   </si>
   <si>
     <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
     <t>16.01</t>
   </si>
   <si>
+    <t>Артём Хамитов</t>
+  </si>
+  <si>
+    <t>23.55</t>
+  </si>
+  <si>
+    <t>19.63</t>
+  </si>
+  <si>
+    <t>Андрей Соколов</t>
+  </si>
+  <si>
+    <t>23.81</t>
+  </si>
+  <si>
+    <t>18.77</t>
+  </si>
+  <si>
+    <t>Любовь Абашкина</t>
+  </si>
+  <si>
+    <t>25.27</t>
+  </si>
+  <si>
+    <t>20.18</t>
+  </si>
+  <si>
+    <t>Павел Камаев</t>
+  </si>
+  <si>
+    <t>26.18</t>
+  </si>
+  <si>
+    <t>22.23</t>
+  </si>
+  <si>
+    <t>Павел Носов</t>
+  </si>
+  <si>
+    <t>28.61</t>
+  </si>
+  <si>
+    <t>25.30</t>
+  </si>
+  <si>
+    <t>Егор Брыков</t>
+  </si>
+  <si>
+    <t>30.67</t>
+  </si>
+  <si>
+    <t>26.35</t>
+  </si>
+  <si>
     <t>Владимир Кушнир</t>
   </si>
   <si>
-    <t>19.79</t>
-[...65 lines deleted...]
-    <t>26.35</t>
+    <t>31.77</t>
+  </si>
+  <si>
+    <t>27.42</t>
   </si>
   <si>
     <t>Наталья Соболева</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
     <t>Борис Карпов</t>
   </si>
   <si>
     <t>43.23</t>
   </si>
   <si>
     <t>38.97</t>
   </si>
   <si>
     <t>Алексей Собин</t>
   </si>
   <si>
     <t>56.36</t>
   </si>