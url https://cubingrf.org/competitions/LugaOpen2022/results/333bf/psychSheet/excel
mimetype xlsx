--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -35,72 +35,72 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:15.41</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
-    <t>1:49.90</t>
+    <t>2:18.32</t>
+  </si>
+  <si>
+    <t>1:43.18</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>2:06.33</t>
+    <t>2:24.59</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>11:13.00</t>
+  </si>
+  <si>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
-  </si>
-[...10 lines deleted...]
-    <t>Александр Большаков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -461,85 +461,83 @@
         <v>3</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
-      <c r="A6">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="C6" s="1" t="s">
         <v>13</v>
       </c>
+      <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:4">
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>