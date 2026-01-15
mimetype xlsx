--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,201 +17,201 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Dobrjakov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>12.70</t>
   </si>
   <si>
     <t>9.98</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
     <t>15.57</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>23.38</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>27.09</t>
   </si>
   <si>
     <t>20.70</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Yegor Gerasimenko</t>
+    <t>Егор Герасименко</t>
   </si>
   <si>
     <t>35.60</t>
   </si>
   <si>
     <t>28.14</t>
   </si>
   <si>
-    <t>Andrey Zastolbin</t>
+    <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>36.06</t>
   </si>
   <si>
     <t>27.13</t>
   </si>
   <si>
-    <t>Kirill Afonin</t>
+    <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>41.37</t>
   </si>
   <si>
     <t>27.56</t>
   </si>
   <si>
-    <t>Liubov Abashkina</t>
+    <t>Любовь Абашкина</t>
   </si>
   <si>
     <t>43.38</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
-    <t>Grigoriy Gerasimenko</t>
+    <t>Григорий Герасименко</t>
   </si>
   <si>
     <t>1:04.14</t>
   </si>
   <si>
     <t>48.48</t>
   </si>
   <si>
-    <t>Pavel Nosov</t>
+    <t>Павел Носов</t>
   </si>
   <si>
     <t>2:06.27</t>
   </si>
   <si>
-    <t>Aleksey Sobin</t>
+    <t>Алексей Собин</t>
   </si>
   <si>
     <t>2:48.72</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -537,51 +537,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>