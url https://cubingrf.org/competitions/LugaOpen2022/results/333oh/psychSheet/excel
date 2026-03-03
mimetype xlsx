--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,96 +29,96 @@
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>12.70</t>
-[...2 lines deleted...]
-    <t>9.98</t>
+    <t>13.45</t>
+  </si>
+  <si>
+    <t>10.83</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
-    <t>15.57</t>
-[...8 lines deleted...]
-    <t>14.35</t>
+    <t>16.54</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
-    <t>23.38</t>
+    <t>24.60</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>27.09</t>
   </si>
   <si>
     <t>20.70</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>