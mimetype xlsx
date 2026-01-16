--- v0 (2025-11-30)
+++ v1 (2026-01-16)
@@ -17,219 +17,219 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Nagirnyak</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>33.15</t>
   </si>
   <si>
     <t>28.52</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>42.87</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>43.29</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>59.22</t>
   </si>
   <si>
     <t>52.20</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
-    <t>Yegor Gerasimenko</t>
+    <t>Егор Герасименко</t>
   </si>
   <si>
     <t>1:03.98</t>
   </si>
   <si>
     <t>53.69</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>1:05.64</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>1:23.08</t>
   </si>
   <si>
     <t>1:10.92</t>
   </si>
   <si>
-    <t>Andrey Zastolbin</t>
+    <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>2:00.36</t>
   </si>
   <si>
     <t>1:42.37</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>2:10.28</t>
   </si>
   <si>
     <t>1:43.00</t>
   </si>
   <si>
-    <t>Pavel Nosov</t>
+    <t>Павел Носов</t>
   </si>
   <si>
     <t>3:46.33</t>
   </si>
   <si>
-    <t>Nikita Kolesnik</t>
+    <t>Никита Колесник</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>