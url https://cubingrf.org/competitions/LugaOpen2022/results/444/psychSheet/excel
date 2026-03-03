--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -38,78 +38,78 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>33.15</t>
-[...2 lines deleted...]
-    <t>28.52</t>
+    <t>33.77</t>
+  </si>
+  <si>
+    <t>29.03</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>42.87</t>
+    <t>41.90</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>43.29</t>
+    <t>44.71</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
@@ -134,66 +134,66 @@
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
     <t>Егор Герасименко</t>
   </si>
   <si>
     <t>1:03.98</t>
   </si>
   <si>
     <t>53.69</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
+  </si>
+  <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>1:05.64</t>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
-  </si>
-[...7 lines deleted...]
-    <t>56.26</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
     <t>1:23.08</t>
   </si>
   <si>
     <t>1:10.92</t>
   </si>
   <si>
     <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>2:00.36</t>
   </si>
   <si>
     <t>1:42.37</t>
   </si>
   <si>
     <t>Наталья Соболева</t>
   </si>
   <si>
     <t>2:10.28</t>
   </si>