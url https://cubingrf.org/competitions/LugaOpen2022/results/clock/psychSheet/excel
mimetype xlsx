--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -116,72 +116,72 @@
   <si>
     <t>10.38</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
     <t>14.03</t>
   </si>
   <si>
     <t>Любовь Абашкина</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
     <t>Александр Большаков</t>
   </si>
   <si>
-    <t>16.30</t>
-[...2 lines deleted...]
-    <t>14.58</t>
+    <t>16.46</t>
+  </si>
+  <si>
+    <t>15.30</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.24</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
-    <t>14.04</t>
+    <t>14.74</t>
   </si>
   <si>
     <t>Егор Герасименко</t>
   </si>
   <si>
     <t>17.84</t>
   </si>
   <si>
     <t>15.33</t>
   </si>
   <si>
     <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>27.44</t>
   </si>
   <si>
     <t>21.91</t>
   </si>
   <si>
     <t>Павел Носов</t>
   </si>
   <si>
     <t>55.58</t>
   </si>