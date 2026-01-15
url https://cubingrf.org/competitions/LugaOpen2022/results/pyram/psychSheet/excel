--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,294 +17,294 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Matvei Tianutov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>3.71</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>5.45</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>5.59</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>5.75</t>
   </si>
   <si>
     <t>3.90</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>5.79</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
-    <t>Yegor Gerasimenko</t>
+    <t>Егор Герасименко</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>4.10</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>3.88</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>7.24</t>
   </si>
   <si>
     <t>4.69</t>
   </si>
   <si>
-    <t>Kirill Afonin</t>
+    <t>Кирилл Афонин</t>
   </si>
   <si>
     <t>7.53</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Grigoriy Gerasimenko</t>
+    <t>Григорий Герасименко</t>
   </si>
   <si>
     <t>8.14</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>8.84</t>
   </si>
   <si>
     <t>3.96</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>4.53</t>
   </si>
   <si>
-    <t>Liubov Abashkina</t>
+    <t>Любовь Абашкина</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>9.06</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
     <t>6.58</t>
   </si>
   <si>
-    <t>Andrey Zastolbin</t>
+    <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>10.16</t>
   </si>
   <si>
-    <t>Artëm Khamitov</t>
+    <t>Артём Хамитов</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
     <t>7.43</t>
   </si>
   <si>
-    <t>Pavel Kamayev</t>
+    <t>Павел Камаев</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>13.97</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
-    <t>Andrey Sokolov</t>
+    <t>Андрей Соколов</t>
   </si>
   <si>
     <t>14.57</t>
   </si>
   <si>
     <t>9.28</t>
   </si>
   <si>
-    <t>Pavel Nosov</t>
+    <t>Павел Носов</t>
   </si>
   <si>
     <t>15.04</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
-    <t>Vadim Shchulepov</t>
+    <t>Вадим Щулепов</t>
   </si>
   <si>
     <t>20.52</t>
   </si>
   <si>
     <t>15.96</t>
   </si>
   <si>
-    <t>Serafima Sorokina</t>
+    <t>Серафима Сорокина</t>
   </si>
   <si>
     <t>21.67</t>
   </si>
   <si>
     <t>20.17</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>23.39</t>
   </si>
   <si>
     <t>14.64</t>
   </si>
   <si>
-    <t>Nikita Kolesnik</t>
+    <t>Никита Колесник</t>
   </si>
   <si>
     <t>19.97</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -632,51 +632,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>