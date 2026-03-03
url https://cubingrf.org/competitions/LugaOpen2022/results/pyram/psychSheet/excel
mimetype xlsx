--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -89,138 +89,138 @@
   <si>
     <t>5.45</t>
   </si>
   <si>
     <t>3.23</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>5.59</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>5.75</t>
   </si>
   <si>
     <t>3.90</t>
   </si>
   <si>
+    <t>Егор Герасименко</t>
+  </si>
+  <si>
+    <t>6.35</t>
+  </si>
+  <si>
+    <t>4.10</t>
+  </si>
+  <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>5.79</t>
-[...11 lines deleted...]
-    <t>4.10</t>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>5.90</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.69</t>
+  </si>
+  <si>
+    <t>Кирилл Афонин</t>
+  </si>
+  <si>
+    <t>7.53</t>
+  </si>
+  <si>
+    <t>4.04</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>7.12</t>
+    <t>7.57</t>
   </si>
   <si>
     <t>3.88</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...16 lines deleted...]
-  <si>
     <t>Григорий Герасименко</t>
   </si>
   <si>
     <t>8.14</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>Амин Ашоур</t>
   </si>
   <si>
     <t>8.84</t>
   </si>
   <si>
     <t>3.96</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>8.90</t>
-[...2 lines deleted...]
-    <t>4.53</t>
+    <t>9.64</t>
+  </si>
+  <si>
+    <t>6.03</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>10.60</t>
+  </si>
+  <si>
+    <t>7.41</t>
   </si>
   <si>
     <t>Любовь Абашкина</t>
   </si>
   <si>
-    <t>10.01</t>
-[...11 lines deleted...]
-    <t>6.58</t>
+    <t>10.97</t>
+  </si>
+  <si>
+    <t>9.35</t>
   </si>
   <si>
     <t>Андрей Застолбин</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
   <si>
     <t>10.16</t>
   </si>
   <si>
     <t>Артём Хамитов</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
     <t>7.43</t>
   </si>
   <si>
     <t>Павел Камаев</t>
   </si>
   <si>
     <t>12.98</t>
   </si>