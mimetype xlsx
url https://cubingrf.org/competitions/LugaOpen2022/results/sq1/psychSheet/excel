--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -38,96 +38,96 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>13.51</t>
   </si>
   <si>
     <t>Вячеслав Сизов</t>
   </si>
   <si>
-    <t>17.46</t>
-[...2 lines deleted...]
-    <t>12.63</t>
+    <t>17.89</t>
+  </si>
+  <si>
+    <t>15.45</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>23.59</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
-    <t>27.65</t>
+    <t>27.99</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>36.23</t>
+    <t>37.91</t>
   </si>
   <si>
     <t>23.03</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
-    <t>46.60</t>
+    <t>44.29</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>55.16</t>
   </si>
   <si>
     <t>41.92</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>