--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,423 +17,423 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Сергей Марьин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Sergey Marin</t>
   </si>
   <si>
     <t>1.80</t>
   </si>
   <si>
     <t>0.73</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
     <t>1.35</t>
   </si>
   <si>
-    <t>Максим Аммосов</t>
+    <t>Maksim Ammosov</t>
   </si>
   <si>
     <t>2.27</t>
   </si>
   <si>
     <t>1.81</t>
   </si>
   <si>
-    <t>Никита Малыхин</t>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
     <t>1.76</t>
   </si>
   <si>
-    <t>Дмитрий Добряков</t>
+    <t>Dmitry Dobrjakov</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
     <t>2.07</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
-    <t>Айдар Аминев</t>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>3.81</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
-    <t>Михаил Кузин</t>
+    <t>Mikhail Kuzin</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>1.60</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.41</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>4.00</t>
   </si>
   <si>
     <t>1.95</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
+    <t>Yegor Yeremin</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>4.25</t>
   </si>
   <si>
     <t>1.05</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>4.27</t>
   </si>
   <si>
     <t>2.19</t>
   </si>
   <si>
-    <t>Ян Горев</t>
+    <t>Ian Gorev</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
-    <t>Дмитрий Суслов</t>
+    <t>Dmitriy Suslov</t>
   </si>
   <si>
     <t>4.39</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
-    <t>Амин Ашоур</t>
+    <t>Amin Ashour</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>2.61</t>
   </si>
   <si>
-    <t>Максим Темнышов</t>
+    <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>4.76</t>
   </si>
   <si>
     <t>2.36</t>
   </si>
   <si>
-    <t>Степан Качинский</t>
+    <t>Stepan Kachinskiy</t>
   </si>
   <si>
     <t>4.90</t>
   </si>
   <si>
     <t>2.80</t>
   </si>
   <si>
-    <t>Кирилл Афонин</t>
+    <t>Kirill Afonin</t>
   </si>
   <si>
     <t>4.94</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>4.97</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
-    <t>Владимир Васильев</t>
+    <t>Vladimir Vasilyev</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.34</t>
   </si>
   <si>
-    <t>Егор Жогин</t>
+    <t>Yegor Zhogin</t>
   </si>
   <si>
     <t>5.57</t>
   </si>
   <si>
     <t>2.47</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
     <t>4.08</t>
   </si>
   <si>
-    <t>Евсей Ионуш</t>
+    <t>Yevsey Ionush</t>
   </si>
   <si>
     <t>5.96</t>
   </si>
   <si>
     <t>4.44</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
+    <t>Diana Murnik</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>3.97</t>
   </si>
   <si>
-    <t>Павел Камаев</t>
+    <t>Pavel Kamayev</t>
   </si>
   <si>
     <t>6.52</t>
   </si>
   <si>
     <t>4.40</t>
   </si>
   <si>
-    <t>Александр Говорков</t>
+    <t>Aleksandr Govorkov</t>
   </si>
   <si>
     <t>6.83</t>
   </si>
   <si>
     <t>2.85</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
+    <t>Olga Yasakova</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>4.34</t>
   </si>
   <si>
-    <t>Николай Чернуха</t>
+    <t>Nikolay Chernukha</t>
   </si>
   <si>
     <t>7.47</t>
   </si>
   <si>
     <t>6.99</t>
   </si>
   <si>
-    <t>Владимир Кушнир</t>
+    <t>Vladimir Kushnir</t>
   </si>
   <si>
     <t>7.67</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
-    <t>Ахмед Ашур</t>
+    <t>Akhmed Ashur</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.86</t>
   </si>
   <si>
-    <t>Даниил Попов</t>
+    <t>Daniil Popov</t>
   </si>
   <si>
     <t>8.84</t>
   </si>
   <si>
     <t>6.41</t>
   </si>
   <si>
-    <t>Герман Королевский</t>
+    <t>German Korolevskiy</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
-    <t>Алиса Ивановская</t>
+    <t>Alisa Ivanovskaya</t>
   </si>
   <si>
     <t>17.45</t>
   </si>
   <si>
     <t>10.73</t>
   </si>
   <si>
-    <t>Алетта Курнышова</t>
+    <t>Aletta Kurnyshova</t>
   </si>
   <si>
     <t>18.70</t>
   </si>
   <si>
     <t>9.28</t>
   </si>
   <si>
-    <t>Наталья Пягай</t>
+    <t>Natalia Piagai</t>
   </si>
   <si>
     <t>19.43</t>
   </si>
   <si>
     <t>14.11</t>
   </si>
   <si>
-    <t>Лидия Пяткова</t>
+    <t>Lidiya Pyatkova</t>
   </si>
   <si>
     <t>20.10</t>
   </si>
   <si>
     <t>14.50</t>
   </si>
   <si>
-    <t>Анастасия Мясникова</t>
+    <t>Anastasiya Myasnikova</t>
   </si>
   <si>
     <t>22.45</t>
   </si>
   <si>
     <t>17.23</t>
   </si>
   <si>
-    <t>Марина Одегова</t>
+    <t>Marina Odegova</t>
   </si>
   <si>
     <t>25.27</t>
   </si>
   <si>
     <t>15.35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -764,51 +764,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>