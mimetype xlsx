--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,434 +12,431 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Sergey Marin</t>
   </si>
   <si>
     <t>1.80</t>
   </si>
   <si>
-    <t>0.73</t>
+    <t>1.30</t>
+  </si>
+  <si>
+    <t>Maksim Ammosov</t>
+  </si>
+  <si>
+    <t>1.94</t>
+  </si>
+  <si>
+    <t>1.51</t>
   </si>
   <si>
     <t>Vladimir Filin</t>
   </si>
   <si>
     <t>2.13</t>
   </si>
   <si>
     <t>1.39</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>2.22</t>
   </si>
   <si>
     <t>1.35</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
-[...7 lines deleted...]
-  <si>
     <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
     <t>1.76</t>
   </si>
   <si>
     <t>Dmitry Dobrjakov</t>
   </si>
   <si>
     <t>2.72</t>
   </si>
   <si>
-    <t>1.07</t>
+    <t>1.78</t>
   </si>
   <si>
     <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>3.10</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
     <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
     <t>2.07</t>
   </si>
   <si>
     <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
     <t>Aidar Aminev</t>
   </si>
   <si>
     <t>3.81</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>3.98</t>
+  </si>
+  <si>
+    <t>2.76</t>
+  </si>
+  <si>
+    <t>Nikolay Odegov</t>
+  </si>
+  <si>
+    <t>4.00</t>
+  </si>
+  <si>
+    <t>1.95</t>
+  </si>
+  <si>
+    <t>Yegor Yeremin</t>
+  </si>
+  <si>
+    <t>4.11</t>
+  </si>
+  <si>
+    <t>1.62</t>
+  </si>
+  <si>
     <t>Mikhail Kuzin</t>
   </si>
   <si>
-    <t>3.84</t>
-[...26 lines deleted...]
-    <t>4.11</t>
+    <t>4.21</t>
+  </si>
+  <si>
+    <t>2.69</t>
+  </si>
+  <si>
+    <t>Matvei Tianutov</t>
+  </si>
+  <si>
+    <t>4.27</t>
+  </si>
+  <si>
+    <t>2.19</t>
+  </si>
+  <si>
+    <t>Dmitriy Suslov</t>
+  </si>
+  <si>
+    <t>4.39</t>
+  </si>
+  <si>
+    <t>3.66</t>
+  </si>
+  <si>
+    <t>Ian Gorev</t>
+  </si>
+  <si>
+    <t>4.51</t>
   </si>
   <si>
     <t>Vyacheslav Sizov</t>
   </si>
   <si>
-    <t>4.25</t>
-[...26 lines deleted...]
-    <t>2.88</t>
+    <t>4.57</t>
+  </si>
+  <si>
+    <t>2.15</t>
   </si>
   <si>
     <t>Amin Ashour</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
     <t>2.61</t>
   </si>
   <si>
     <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>4.76</t>
   </si>
   <si>
     <t>2.36</t>
   </si>
   <si>
     <t>Stepan Kachinskiy</t>
   </si>
   <si>
     <t>4.90</t>
   </si>
   <si>
     <t>2.80</t>
   </si>
   <si>
     <t>Kirill Afonin</t>
   </si>
   <si>
     <t>4.94</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
     <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>4.97</t>
   </si>
   <si>
     <t>3.14</t>
   </si>
   <si>
+    <t>Yegor Zhogin</t>
+  </si>
+  <si>
+    <t>5.57</t>
+  </si>
+  <si>
+    <t>2.47</t>
+  </si>
+  <si>
+    <t>Darʹya Poyda</t>
+  </si>
+  <si>
+    <t>5.58</t>
+  </si>
+  <si>
+    <t>4.08</t>
+  </si>
+  <si>
+    <t>Yevsey Ionush</t>
+  </si>
+  <si>
+    <t>5.96</t>
+  </si>
+  <si>
+    <t>4.44</t>
+  </si>
+  <si>
+    <t>Pavel Kamayev</t>
+  </si>
+  <si>
+    <t>6.52</t>
+  </si>
+  <si>
+    <t>4.40</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>6.88</t>
+  </si>
+  <si>
+    <t>4.34</t>
+  </si>
+  <si>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>7.06</t>
+  </si>
+  <si>
+    <t>2.85</t>
+  </si>
+  <si>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>7.11</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>Nikolay Chernukha</t>
+  </si>
+  <si>
+    <t>7.47</t>
+  </si>
+  <si>
+    <t>6.99</t>
+  </si>
+  <si>
+    <t>Vladimir Kushnir</t>
+  </si>
+  <si>
+    <t>7.67</t>
+  </si>
+  <si>
+    <t>5.90</t>
+  </si>
+  <si>
+    <t>Akhmed Ashur</t>
+  </si>
+  <si>
+    <t>8.10</t>
+  </si>
+  <si>
+    <t>6.86</t>
+  </si>
+  <si>
+    <t>German Korolevskiy</t>
+  </si>
+  <si>
+    <t>8.94</t>
+  </si>
+  <si>
+    <t>6.68</t>
+  </si>
+  <si>
+    <t>Daniil Popov</t>
+  </si>
+  <si>
+    <t>10.09</t>
+  </si>
+  <si>
+    <t>6.41</t>
+  </si>
+  <si>
+    <t>Alisa Ivanovskaya</t>
+  </si>
+  <si>
+    <t>17.45</t>
+  </si>
+  <si>
+    <t>10.73</t>
+  </si>
+  <si>
+    <t>Aletta Kurnyshova</t>
+  </si>
+  <si>
+    <t>18.70</t>
+  </si>
+  <si>
+    <t>9.28</t>
+  </si>
+  <si>
+    <t>Natalia Piagai</t>
+  </si>
+  <si>
+    <t>19.43</t>
+  </si>
+  <si>
+    <t>14.11</t>
+  </si>
+  <si>
+    <t>Lidiya Pyatkova</t>
+  </si>
+  <si>
+    <t>20.10</t>
+  </si>
+  <si>
+    <t>14.50</t>
+  </si>
+  <si>
+    <t>Anastasiya Myasnikova</t>
+  </si>
+  <si>
+    <t>22.45</t>
+  </si>
+  <si>
+    <t>17.23</t>
+  </si>
+  <si>
+    <t>Marina Odegova</t>
+  </si>
+  <si>
+    <t>25.27</t>
+  </si>
+  <si>
+    <t>15.35</t>
+  </si>
+  <si>
     <t>Vladimir Vasilyev</t>
-  </si>
-[...166 lines deleted...]
-    <t>15.35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -974,444 +971,436 @@
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D39" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D41" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D42" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
-      <c r="A43">
-[...1 lines deleted...]
-      </c>
       <c r="B43" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="C43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C43" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">