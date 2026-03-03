--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -32,444 +32,444 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Dmitry Dobrjakov</t>
   </si>
   <si>
     <t>6.74</t>
   </si>
   <si>
-    <t>5.52</t>
+    <t>5.78</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
-    <t>7.53</t>
-[...2 lines deleted...]
-    <t>6.39</t>
+    <t>7.38</t>
+  </si>
+  <si>
+    <t>6.26</t>
   </si>
   <si>
     <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>7.65</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
     <t>Polina Lapteva</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
     <t>Vladimir Filin</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
+    <t>Maksim Ammosov</t>
+  </si>
+  <si>
+    <t>9.32</t>
+  </si>
+  <si>
+    <t>7.98</t>
+  </si>
+  <si>
     <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>6.76</t>
   </si>
   <si>
     <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>Ian Gorev</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>8.01</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
-[...4 lines deleted...]
-  <si>
     <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
     <t>Sergey Marin</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>8.75</t>
+    <t>9.45</t>
+  </si>
+  <si>
+    <t>Dmitriy Suslov</t>
+  </si>
+  <si>
+    <t>11.38</t>
+  </si>
+  <si>
+    <t>9.70</t>
   </si>
   <si>
     <t>Mikhail Kuzin</t>
   </si>
   <si>
-    <t>11.29</t>
-[...11 lines deleted...]
-    <t>10.12</t>
+    <t>11.57</t>
+  </si>
+  <si>
+    <t>10.22</t>
   </si>
   <si>
     <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
-    <t>9.23</t>
+    <t>9.53</t>
   </si>
   <si>
     <t>Aidar Aminev</t>
   </si>
   <si>
     <t>11.95</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>Amin Ashour</t>
   </si>
   <si>
     <t>12.02</t>
   </si>
   <si>
     <t>11.39</t>
   </si>
   <si>
     <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
     <t>Yegor Yeremin</t>
   </si>
   <si>
     <t>13.08</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
     <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>13.31</t>
   </si>
   <si>
-    <t>10.22</t>
-[...1 lines deleted...]
-  <si>
     <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>13.80</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
     <t>Stepan Kachinskiy</t>
   </si>
   <si>
     <t>13.89</t>
   </si>
   <si>
     <t>12.56</t>
   </si>
   <si>
+    <t>Nikolay Odegov</t>
+  </si>
+  <si>
+    <t>14.63</t>
+  </si>
+  <si>
+    <t>12.78</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
+    <t>12.17</t>
+  </si>
+  <si>
+    <t>Kirill Afonin</t>
+  </si>
+  <si>
+    <t>16.73</t>
+  </si>
+  <si>
+    <t>14.93</t>
+  </si>
+  <si>
+    <t>Yevsey Ionush</t>
+  </si>
+  <si>
+    <t>17.50</t>
+  </si>
+  <si>
+    <t>15.88</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>15.09</t>
+  </si>
+  <si>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>18.23</t>
+  </si>
+  <si>
+    <t>15.82</t>
+  </si>
+  <si>
+    <t>Yegor Zhogin</t>
+  </si>
+  <si>
+    <t>24.65</t>
+  </si>
+  <si>
+    <t>19.95</t>
+  </si>
+  <si>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>25.23</t>
+  </si>
+  <si>
+    <t>21.39</t>
+  </si>
+  <si>
+    <t>Pavel Kamayev</t>
+  </si>
+  <si>
+    <t>26.18</t>
+  </si>
+  <si>
+    <t>22.23</t>
+  </si>
+  <si>
+    <t>Akhmed Ashur</t>
+  </si>
+  <si>
+    <t>27.89</t>
+  </si>
+  <si>
+    <t>21.10</t>
+  </si>
+  <si>
+    <t>Nikolay Chernukha</t>
+  </si>
+  <si>
+    <t>27.99</t>
+  </si>
+  <si>
+    <t>22.45</t>
+  </si>
+  <si>
+    <t>German Korolevskiy</t>
+  </si>
+  <si>
+    <t>29.13</t>
+  </si>
+  <si>
+    <t>25.33</t>
+  </si>
+  <si>
+    <t>Vladimir Kushnir</t>
+  </si>
+  <si>
+    <t>31.77</t>
+  </si>
+  <si>
+    <t>27.42</t>
+  </si>
+  <si>
+    <t>Natalya Soboleva</t>
+  </si>
+  <si>
+    <t>32.07</t>
+  </si>
+  <si>
+    <t>25.41</t>
+  </si>
+  <si>
+    <t>Natalia Piagai</t>
+  </si>
+  <si>
+    <t>43.07</t>
+  </si>
+  <si>
+    <t>31.10</t>
+  </si>
+  <si>
+    <t>Boris Karpov</t>
+  </si>
+  <si>
+    <t>43.23</t>
+  </si>
+  <si>
+    <t>38.97</t>
+  </si>
+  <si>
+    <t>Aletta Kurnyshova</t>
+  </si>
+  <si>
+    <t>46.83</t>
+  </si>
+  <si>
+    <t>40.62</t>
+  </si>
+  <si>
+    <t>Alisa Ivanovskaya</t>
+  </si>
+  <si>
+    <t>1:02.03</t>
+  </si>
+  <si>
+    <t>57.93</t>
+  </si>
+  <si>
+    <t>Anastasiya Myasnikova</t>
+  </si>
+  <si>
+    <t>1:08.78</t>
+  </si>
+  <si>
+    <t>52.97</t>
+  </si>
+  <si>
+    <t>Lidiya Pyatkova</t>
+  </si>
+  <si>
+    <t>1:12.96</t>
+  </si>
+  <si>
+    <t>47.56</t>
+  </si>
+  <si>
+    <t>Elina Shchanikova</t>
+  </si>
+  <si>
+    <t>1:13.26</t>
+  </si>
+  <si>
+    <t>1:00.27</t>
+  </si>
+  <si>
+    <t>Marina Odegova</t>
+  </si>
+  <si>
+    <t>1:29.44</t>
+  </si>
+  <si>
+    <t>1:03.47</t>
+  </si>
+  <si>
+    <t>Sofiya Korneyeva</t>
+  </si>
+  <si>
+    <t>1:51.19</t>
+  </si>
+  <si>
+    <t>1:26.82</t>
+  </si>
+  <si>
     <t>Vladimir Vasilyev</t>
-  </si>
-[...205 lines deleted...]
-    <t>1:26.82</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -934,205 +934,205 @@
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>66</v>
@@ -1228,276 +1228,268 @@
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D30" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D35" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D41" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D42" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D43" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
-      <c r="A47">
-[...1 lines deleted...]
-      </c>
       <c r="B47" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-      <c r="D47" t="s">
         <v>137</v>
       </c>
+      <c r="C47" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">