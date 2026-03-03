--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,284 +12,281 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Славомил Волосков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Дмитрий Добряков</t>
-[...8 lines deleted...]
-    <t>Никита Малыхин</t>
+    <t>Dmitry Dobrjakov</t>
+  </si>
+  <si>
+    <t>13.45</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...8 lines deleted...]
-    <t>Николай Васильев</t>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Максим Темнышов</t>
+    <t>Maksim Temnyshov</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Михаил Кузин</t>
-[...2 lines deleted...]
-    <t>19.14</t>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Sergey Marin</t>
+  </si>
+  <si>
+    <t>19.83</t>
+  </si>
+  <si>
+    <t>15.18</t>
+  </si>
+  <si>
+    <t>Mikhail Kuzin</t>
+  </si>
+  <si>
+    <t>20.25</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
-    <t>Сергей Марьин</t>
-[...8 lines deleted...]
-    <t>Айдар Аминев</t>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
-    <t>15.57</t>
-[...11 lines deleted...]
-    <t>Богдан Землянский</t>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
-    <t>Дмитрий Суслов</t>
+    <t>Dmitriy Suslov</t>
   </si>
   <si>
     <t>27.72</t>
   </si>
   <si>
     <t>25.57</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
     <t>22.17</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>32.54</t>
   </si>
   <si>
     <t>24.83</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>31.93</t>
   </si>
   <si>
-    <t>Амин Ашоур</t>
+    <t>Amin Ashour</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>34.79</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...8 lines deleted...]
-    <t>Егор Жогин</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>50.37</t>
+  </si>
+  <si>
+    <t>42.66</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Yegor Zhogin</t>
   </si>
   <si>
     <t>58.22</t>
   </si>
   <si>
     <t>45.18</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...20 lines deleted...]
-    <t>Лидия Пяткова</t>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>1:09.17</t>
+  </si>
+  <si>
+    <t>Yevsey Ionush</t>
+  </si>
+  <si>
+    <t>Lidiya Pyatkova</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -614,51 +611,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -960,66 +957,64 @@
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="C25" s="1"/>
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="B26" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1"/>
     </row>
     <row r="27" spans="1:4">
       <c r="B27" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C27" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>