--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,294 +17,294 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>29.37</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
-[...8 lines deleted...]
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
-    <t>Maksim Ammosov</t>
-[...2 lines deleted...]
-    <t>34.86</t>
+    <t>Дмитрий Добряков</t>
+  </si>
+  <si>
+    <t>33.77</t>
+  </si>
+  <si>
+    <t>29.03</t>
+  </si>
+  <si>
+    <t>Максим Аммосов</t>
+  </si>
+  <si>
+    <t>34.39</t>
   </si>
   <si>
     <t>29.08</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>36.25</t>
   </si>
   <si>
     <t>28.27</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
-[...2 lines deleted...]
-    <t>38.19</t>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>39.02</t>
+  </si>
+  <si>
+    <t>34.36</t>
+  </si>
+  <si>
+    <t>Михаил Кузин</t>
+  </si>
+  <si>
+    <t>39.91</t>
   </si>
   <si>
     <t>32.89</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
-[...11 lines deleted...]
-    <t>42.87</t>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>41.90</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
-[...2 lines deleted...]
-    <t>43.29</t>
+    <t>Айдар Аминев</t>
+  </si>
+  <si>
+    <t>44.71</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
     <t>39.27</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Дмитрий Суслов</t>
+  </si>
+  <si>
+    <t>45.88</t>
+  </si>
+  <si>
+    <t>43.87</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Dmitriy Suslov</t>
-[...8 lines deleted...]
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>55.97</t>
   </si>
   <si>
     <t>47.69</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
-[...2 lines deleted...]
-    <t>1:05.64</t>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>1:07.08</t>
+  </si>
+  <si>
+    <t>56.26</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>1:07.75</t>
   </si>
   <si>
     <t>55.47</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
-[...8 lines deleted...]
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>1:11.35</t>
   </si>
   <si>
     <t>1:02.88</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
-[...8 lines deleted...]
-    <t>Yegor Zhogin</t>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>1:25.72</t>
+  </si>
+  <si>
+    <t>1:23.36</t>
+  </si>
+  <si>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>2:08.89</t>
   </si>
   <si>
     <t>1:42.36</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>1:46.69</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>1:58.25</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
   <si>
     <t>2:05.88</t>
   </si>
   <si>
-    <t>Aletta Kurnyshova</t>
-[...8 lines deleted...]
-    <t>Pavel Kamayev</t>
+    <t>Алетта Курнышова</t>
+  </si>
+  <si>
+    <t>Ахмед Ашур</t>
+  </si>
+  <si>
+    <t>Николай Чернуха</t>
+  </si>
+  <si>
+    <t>Павел Камаев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>