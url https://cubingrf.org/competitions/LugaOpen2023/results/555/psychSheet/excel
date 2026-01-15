--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -47,51 +47,51 @@
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Dmitry Dobrjakov</t>
   </si>
   <si>
     <t>1:01.26</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
     <t>Polina Lapteva</t>
   </si>
   <si>
-    <t>1:11.65</t>
+    <t>1:09.32</t>
   </si>
   <si>
     <t>1:00.05</t>
   </si>
   <si>
     <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
     <t>1:03.58</t>
   </si>
   <si>
     <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>1:12.60</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
     <t>Mikhail Kuzin</t>
   </si>