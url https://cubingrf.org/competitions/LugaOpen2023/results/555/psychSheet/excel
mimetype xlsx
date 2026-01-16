--- v1 (2026-01-15)
+++ v2 (2026-01-16)
@@ -17,210 +17,210 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>1:01.26</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
     <t>1:00.05</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
     <t>1:03.58</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:12.60</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>1:19.24</t>
   </si>
   <si>
     <t>1:09.16</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>1:25.09</t>
   </si>
   <si>
     <t>1:19.18</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>1:41.07</t>
   </si>
   <si>
     <t>1:24.98</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>1:47.07</t>
   </si>
   <si>
     <t>1:39.95</t>
   </si>
   <si>
-    <t>Dmitriy Suslov</t>
+    <t>Дмитрий Суслов</t>
   </si>
   <si>
     <t>1:54.79</t>
   </si>
   <si>
     <t>1:36.23</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:13.45</t>
   </si>
   <si>
     <t>2:02.20</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>3:05.17</t>
   </si>
   <si>
     <t>2:40.12</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Natalia Piagai</t>
+    <t>Наталья Пягай</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>