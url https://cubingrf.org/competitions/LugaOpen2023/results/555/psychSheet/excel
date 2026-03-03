--- v2 (2026-01-16)
+++ v3 (2026-03-03)
@@ -17,210 +17,210 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Славомил Волосков</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Дмитрий Добряков</t>
-[...8 lines deleted...]
-    <t>Полина Лаптева</t>
+    <t>Dmitry Dobrjakov</t>
+  </si>
+  <si>
+    <t>1:09.16</t>
+  </si>
+  <si>
+    <t>1:02.20</t>
+  </si>
+  <si>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
-[...2 lines deleted...]
-    <t>Никита Малыхин</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Nikolay Vasilyev</t>
+  </si>
+  <si>
+    <t>1:10.43</t>
+  </si>
+  <si>
+    <t>1:07.88</t>
+  </si>
+  <si>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>1:03.58</t>
-[...11 lines deleted...]
-    <t>Михаил Кузин</t>
+    <t>1:04.59</t>
+  </si>
+  <si>
+    <t>Mikhail Kuzin</t>
   </si>
   <si>
     <t>1:19.24</t>
   </si>
   <si>
-    <t>1:09.16</t>
-[...2 lines deleted...]
-    <t>Айдар Аминев</t>
+    <t>1:11.26</t>
+  </si>
+  <si>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>1:25.09</t>
   </si>
   <si>
     <t>1:19.18</t>
   </si>
   <si>
-    <t>Богдан Землянский</t>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
+  </si>
+  <si>
+    <t>1:15.87</t>
+  </si>
+  <si>
+    <t>Bogdan Zemlianskii</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...8 lines deleted...]
-    <t>Сергей Марьин</t>
+    <t>Sergey Marin</t>
   </si>
   <si>
     <t>1:41.07</t>
   </si>
   <si>
     <t>1:24.98</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
-    <t>Дарья Пойда</t>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>1:47.07</t>
   </si>
   <si>
     <t>1:39.95</t>
   </si>
   <si>
-    <t>Дмитрий Суслов</t>
+    <t>Dmitriy Suslov</t>
   </si>
   <si>
     <t>1:54.79</t>
   </si>
   <si>
     <t>1:36.23</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>2:13.45</t>
   </si>
   <si>
     <t>2:02.20</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>2:17.96</t>
   </si>
   <si>
     <t>2:04.49</t>
   </si>
   <si>
-    <t>Диана Мурник</t>
-[...8 lines deleted...]
-    <t>Габриэлла Ивахницкая</t>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>2:36.62</t>
+  </si>
+  <si>
+    <t>2:27.28</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Наталья Пягай</t>
+    <t>Natalia Piagai</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>