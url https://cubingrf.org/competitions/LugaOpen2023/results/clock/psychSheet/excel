--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -17,297 +17,297 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Sergey Marin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>8.14</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.59</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>10.38</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
     <t>11.04</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>14.59</t>
   </si>
   <si>
     <t>12.44</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>15.75</t>
   </si>
   <si>
     <t>12.52</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>17.24</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
     <t>14.04</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>19.18</t>
   </si>
   <si>
     <t>15.77</t>
   </si>
   <si>
-    <t>Dmitriy Suslov</t>
+    <t>Дмитрий Суслов</t>
   </si>
   <si>
     <t>20.57</t>
   </si>
   <si>
     <t>15.21</t>
   </si>
   <si>
-    <t>Nikolay Chernukha</t>
+    <t>Николай Чернуха</t>
   </si>
   <si>
     <t>23.18</t>
   </si>
   <si>
     <t>16.92</t>
   </si>
   <si>
-    <t>Daniil Popov</t>
+    <t>Даниил Попов</t>
   </si>
   <si>
     <t>25.17</t>
   </si>
   <si>
     <t>20.51</t>
   </si>
   <si>
-    <t>Amin Ashour</t>
+    <t>Амин Ашоур</t>
   </si>
   <si>
     <t>25.69</t>
   </si>
   <si>
     <t>22.61</t>
   </si>
   <si>
-    <t>Vladimir Kushnir</t>
+    <t>Владимир Кушнир</t>
   </si>
   <si>
     <t>27.44</t>
   </si>
   <si>
     <t>21.91</t>
   </si>
   <si>
-    <t>Lidiya Pyatkova</t>
+    <t>Лидия Пяткова</t>
   </si>
   <si>
     <t>36.38</t>
   </si>
   <si>
     <t>31.84</t>
   </si>
   <si>
-    <t>Marina Odegova</t>
+    <t>Марина Одегова</t>
   </si>
   <si>
     <t>38.26</t>
   </si>
   <si>
     <t>30.95</t>
   </si>
   <si>
-    <t>Alisa Ivanovskaya</t>
+    <t>Алиса Ивановская</t>
   </si>
   <si>
     <t>39.85</t>
   </si>
   <si>
-    <t>Aletta Kurnyshova</t>
+    <t>Алетта Курнышова</t>
   </si>
   <si>
     <t>50.83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -635,51 +635,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>