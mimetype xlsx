--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -12,302 +12,305 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Сергей Марьин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Sergey Marin</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
-    <t>6.91</t>
-[...2 lines deleted...]
-    <t>Славомил Волосков</t>
+    <t>7.09</t>
+  </si>
+  <si>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>5.69</t>
-[...2 lines deleted...]
-    <t>Полина Лаптева</t>
+    <t>5.32</t>
+  </si>
+  <si>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
+    <t>Ekaterina Soboleva</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
-    <t>Михаил Кузин</t>
-[...8 lines deleted...]
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.59</t>
   </si>
   <si>
-    <t>Александр Говорков</t>
-[...8 lines deleted...]
-    <t>Габриэлла Ивахницкая</t>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
-    <t>Дмитрий Добряков</t>
+    <t>Dmitry Dobrjakov</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>10.38</t>
   </si>
   <si>
-    <t>Евсей Ионуш</t>
+    <t>Mikhail Kuzin</t>
+  </si>
+  <si>
+    <t>11.77</t>
+  </si>
+  <si>
+    <t>9.41</t>
+  </si>
+  <si>
+    <t>Aleksandr Govorkov</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.14</t>
+  </si>
+  <si>
+    <t>Yevsey Ionush</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
     <t>11.04</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...8 lines deleted...]
-    <t>Дарья Пойда</t>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>13.99</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Darʹya Poyda</t>
   </si>
   <si>
     <t>15.75</t>
   </si>
   <si>
     <t>12.52</t>
   </si>
   <si>
-    <t>Егор Жогин</t>
+    <t>Yegor Zhogin</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
     <t>14.68</t>
   </si>
   <si>
-    <t>Вячеслав Сизов</t>
+    <t>Vyacheslav Sizov</t>
   </si>
   <si>
     <t>17.24</t>
   </si>
   <si>
     <t>13.09</t>
   </si>
   <si>
-    <t>Айдар Аминев</t>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
-    <t>14.04</t>
-[...5 lines deleted...]
-    <t>19.18</t>
+    <t>14.74</t>
+  </si>
+  <si>
+    <t>Diana Murnik</t>
+  </si>
+  <si>
+    <t>18.58</t>
   </si>
   <si>
     <t>15.77</t>
   </si>
   <si>
-    <t>Дмитрий Суслов</t>
+    <t>Dmitriy Suslov</t>
   </si>
   <si>
     <t>20.57</t>
   </si>
   <si>
-    <t>15.21</t>
-[...2 lines deleted...]
-    <t>Николай Чернуха</t>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>Nikolay Chernukha</t>
   </si>
   <si>
     <t>23.18</t>
   </si>
   <si>
     <t>16.92</t>
   </si>
   <si>
-    <t>Даниил Попов</t>
+    <t>Daniil Popov</t>
   </si>
   <si>
     <t>25.17</t>
   </si>
   <si>
     <t>20.51</t>
   </si>
   <si>
-    <t>Амин Ашоур</t>
+    <t>Amin Ashour</t>
   </si>
   <si>
     <t>25.69</t>
   </si>
   <si>
     <t>22.61</t>
   </si>
   <si>
-    <t>Владимир Кушнир</t>
+    <t>Vladimir Kushnir</t>
   </si>
   <si>
     <t>27.44</t>
   </si>
   <si>
     <t>21.91</t>
   </si>
   <si>
-    <t>Лидия Пяткова</t>
+    <t>Alisa Ivanovskaya</t>
+  </si>
+  <si>
+    <t>28.90</t>
+  </si>
+  <si>
+    <t>19.15</t>
+  </si>
+  <si>
+    <t>Lidiya Pyatkova</t>
   </si>
   <si>
     <t>36.38</t>
   </si>
   <si>
     <t>31.84</t>
   </si>
   <si>
-    <t>Марина Одегова</t>
+    <t>Marina Odegova</t>
   </si>
   <si>
     <t>38.26</t>
   </si>
   <si>
     <t>30.95</t>
   </si>
   <si>
-    <t>Алиса Ивановская</t>
-[...5 lines deleted...]
-    <t>Алетта Курнышова</t>
+    <t>Aletta Kurnyshova</t>
   </si>
   <si>
     <t>50.83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -635,51 +638,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -747,79 +750,79 @@
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>
@@ -1023,65 +1026,67 @@
       <c r="D26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
-      <c r="C28" s="1"/>
+      <c r="C28" s="1" t="s">
+        <v>82</v>
+      </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>