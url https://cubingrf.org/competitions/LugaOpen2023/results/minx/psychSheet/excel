--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,252 +17,252 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>47.75</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>56.73</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
     <t>54.60</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>1:17.85</t>
   </si>
   <si>
     <t>1:08.65</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>1:39.43</t>
   </si>
   <si>
     <t>1:35.95</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:48.19</t>
   </si>
   <si>
     <t>1:37.80</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>2:02.52</t>
   </si>
   <si>
     <t>1:53.40</t>
   </si>
   <si>
-    <t>Yevsey Ionush</t>
+    <t>Евсей Ионуш</t>
   </si>
   <si>
     <t>2:04.18</t>
   </si>
   <si>
     <t>1:54.68</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>2:06.44</t>
   </si>
   <si>
     <t>1:56.26</t>
   </si>
   <si>
-    <t>Darʹya Poyda</t>
+    <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
-    <t>Dmitriy Suslov</t>
+    <t>Дмитрий Суслов</t>
   </si>
   <si>
     <t>2:30.42</t>
   </si>
   <si>
     <t>2:04.52</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>2:44.11</t>
   </si>
   <si>
     <t>2:26.87</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>3:06.86</t>
   </si>
   <si>
     <t>2:36.74</t>
   </si>
   <si>
-    <t>Vyacheslav Sizov</t>
+    <t>Вячеслав Сизов</t>
   </si>
   <si>
     <t>3:07.00</t>
   </si>
   <si>
     <t>2:37.91</t>
   </si>
   <si>
-    <t>Diana Murnik</t>
+    <t>Диана Мурник</t>
   </si>
   <si>
     <t>3:39.27</t>
   </si>
   <si>
     <t>2:44.28</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>3:21.10</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>3:22.38</t>
   </si>
   <si>
-    <t>Boris Karpov</t>
+    <t>Борис Карпов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>