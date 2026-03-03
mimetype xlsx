--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>42.37</t>
   </si>
   <si>
     <t>34.47</t>
   </si>
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
@@ -77,69 +77,78 @@
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>59.53</t>
   </si>
   <si>
     <t>54.15</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>59.56</t>
   </si>
   <si>
     <t>54.60</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
     <t>1:11.14</t>
   </si>
   <si>
-    <t>1:02.12</t>
+    <t>1:01.77</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:15.17</t>
   </si>
   <si>
     <t>1:11.32</t>
   </si>
   <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>1:17.85</t>
-[...2 lines deleted...]
-    <t>1:08.65</t>
+    <t>1:35.28</t>
+  </si>
+  <si>
+    <t>1:24.33</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:35.65</t>
+  </si>
+  <si>
+    <t>1:30.19</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>1:39.43</t>
   </si>
   <si>
     <t>1:35.95</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:43.39</t>
   </si>
   <si>
     <t>1:40.74</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:48.19</t>
   </si>
@@ -170,96 +179,78 @@
   <si>
     <t>2:06.44</t>
   </si>
   <si>
     <t>1:56.26</t>
   </si>
   <si>
     <t>Дарья Пойда</t>
   </si>
   <si>
     <t>2:29.62</t>
   </si>
   <si>
     <t>2:15.02</t>
   </si>
   <si>
     <t>Дмитрий Суслов</t>
   </si>
   <si>
     <t>2:30.42</t>
   </si>
   <si>
     <t>2:04.52</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...5 lines deleted...]
-    <t>2:26.87</t>
+    <t>Диана Мурник</t>
+  </si>
+  <si>
+    <t>2:44.28</t>
+  </si>
+  <si>
+    <t>Вячеслав Сизов</t>
+  </si>
+  <si>
+    <t>3:08.52</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>3:06.86</t>
-[...20 lines deleted...]
-    <t>2:44.28</t>
+    <t>3:08.77</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>3:21.10</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>3:22.38</t>
+    <t>4:13.63</t>
   </si>
   <si>
     <t>Борис Карпов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -849,112 +840,106 @@
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="C19" s="1"/>
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1"/>
+      <c r="D20" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="C21" s="1"/>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C24" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>