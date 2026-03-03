--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,89 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>6.74</t>
   </si>
   <si>
-    <t>5.52</t>
+    <t>5.78</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>7.53</t>
-[...2 lines deleted...]
-    <t>6.39</t>
+    <t>7.38</t>
   </si>
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>7.65</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
@@ -116,108 +113,111 @@
   <si>
     <t>9.56</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.35</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>10.42</t>
+  </si>
+  <si>
+    <t>7.05</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>10.59</t>
+  </si>
+  <si>
+    <t>9.12</t>
+  </si>
+  <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>10.98</t>
   </si>
   <si>
-    <t>9.13</t>
+    <t>8.52</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
-    <t>8.62</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...4 lines deleted...]
-  <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>11.29</t>
-[...11 lines deleted...]
-    <t>8.31</t>
+    <t>11.57</t>
+  </si>
+  <si>
+    <t>10.22</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>11.95</t>
   </si>
   <si>
     <t>9.85</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>12.09</t>
   </si>
   <si>
     <t>9.44</t>
   </si>
   <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>12.35</t>
   </si>
@@ -239,192 +239,189 @@
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>12.96</t>
   </si>
   <si>
     <t>10.53</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>13.08</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>15.09</t>
+  </si>
+  <si>
     <t>Василий Афонин</t>
   </si>
   <si>
     <t>18.30</t>
   </si>
   <si>
     <t>12.34</t>
   </si>
   <si>
     <t>Дмитрий Самотоенко</t>
   </si>
   <si>
     <t>18.91</t>
   </si>
   <si>
     <t>16.73</t>
   </si>
   <si>
-    <t>Габриэлла Ивахницкая</t>
-[...7 lines deleted...]
-  <si>
     <t>Алексей Гундин</t>
   </si>
   <si>
     <t>20.27</t>
   </si>
   <si>
     <t>14.14</t>
   </si>
   <si>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>22.74</t>
+  </si>
+  <si>
+    <t>17.57</t>
+  </si>
+  <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>23.02</t>
   </si>
   <si>
     <t>21.36</t>
   </si>
   <si>
     <t>Василий Багаев</t>
   </si>
   <si>
     <t>24.22</t>
   </si>
   <si>
     <t>19.94</t>
   </si>
   <si>
-    <t>Роман Фотиев</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимофей Чубырин</t>
   </si>
   <si>
     <t>31.65</t>
   </si>
   <si>
     <t>28.36</t>
   </si>
   <si>
     <t>Наталья Соболева</t>
   </si>
   <si>
     <t>32.07</t>
   </si>
   <si>
     <t>25.41</t>
   </si>
   <si>
     <t>Семён Гарасим</t>
   </si>
   <si>
     <t>33.05</t>
   </si>
   <si>
     <t>29.83</t>
   </si>
   <si>
     <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>33.58</t>
   </si>
   <si>
     <t>25.24</t>
   </si>
   <si>
+    <t>Татьяна Максимова</t>
+  </si>
+  <si>
+    <t>33.61</t>
+  </si>
+  <si>
+    <t>29.51</t>
+  </si>
+  <si>
     <t>Полина Андреева</t>
   </si>
   <si>
     <t>35.03</t>
   </si>
   <si>
-    <t>33.33</t>
+    <t>31.96</t>
   </si>
   <si>
     <t>Анатолий Орешков</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
-    <t>22.74</t>
-[...1 lines deleted...]
-  <si>
     <t>Ангелина Савкина</t>
   </si>
   <si>
-    <t>39.55</t>
+    <t>39.00</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>Даниил Росляков</t>
   </si>
   <si>
     <t>40.47</t>
   </si>
   <si>
     <t>34.09</t>
-  </si>
-[...7 lines deleted...]
-    <t>29.89</t>
   </si>
   <si>
     <t>Максим Пестов</t>
   </si>
   <si>
     <t>42.90</t>
   </si>
   <si>
     <t>37.09</t>
   </si>
   <si>
     <t>Константин Макаров</t>
   </si>
   <si>
     <t>49.71</t>
   </si>
   <si>
     <t>49.03</t>
   </si>
   <si>
     <t>Руслан Королёв</t>
   </si>
   <si>
     <t>54.31</t>
   </si>
@@ -856,219 +853,219 @@
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
@@ -1346,160 +1343,160 @@
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D38" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>88</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>119</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>134</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="B47" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C47" s="1"/>
     </row>
     <row r="48" spans="1:4">
       <c r="B48" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C48" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>