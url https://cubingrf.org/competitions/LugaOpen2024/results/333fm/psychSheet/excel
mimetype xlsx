--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,162 +17,162 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333fm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>24.00</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>30.67</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>31.00</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>33.00</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>33.67</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>35.33</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>37.00</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>38.33</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>38.67</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>44.67</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
-[...2 lines deleted...]
-    <t>Aleksandra Lukianova</t>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -498,53 +498,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>