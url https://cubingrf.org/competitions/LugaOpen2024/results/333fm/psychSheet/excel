--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -35,135 +35,135 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>24.00</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>31.00</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>33.00</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>33.67</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>35.33</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Михаил Кузин</t>
+  </si>
+  <si>
+    <t>35.67</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>37.00</t>
+  </si>
+  <si>
+    <t>Олег Демчук</t>
+  </si>
+  <si>
+    <t>38.33</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>44.67</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>30.67</t>
-[...58 lines deleted...]
-  <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>38.67</t>
-[...17 lines deleted...]
-    <t>Дмитрий Дунаев</t>
+    <t>36</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -553,204 +553,200 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" t="s">
         <v>39</v>
       </c>