--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,291 +17,291 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...11 lines deleted...]
-    <t>11.27</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Dmitry Gundin</t>
+  </si>
+  <si>
+    <t>10.77</t>
   </si>
   <si>
     <t>9.42</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>11.28</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
-    <t>Дмитрий Добряков</t>
-[...8 lines deleted...]
-    <t>Никита Попков</t>
+    <t>Dmitry Dobrjakov</t>
+  </si>
+  <si>
+    <t>13.45</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
-[...2 lines deleted...]
-    <t>Никита Малыхин</t>
+    <t>10.35</t>
+  </si>
+  <si>
+    <t>Nikita Malykhin</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>11.40</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...8 lines deleted...]
-    <t>Николай Васильев</t>
+    <t>Vladimir Filin</t>
+  </si>
+  <si>
+    <t>15.46</t>
+  </si>
+  <si>
+    <t>12.39</t>
+  </si>
+  <si>
+    <t>Nikolay Vasilyev</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
+    <t>Polina Lapteva</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
-    <t>Михаил Кузин</t>
-[...2 lines deleted...]
-    <t>19.14</t>
+    <t>Dmitriy Tupis</t>
+  </si>
+  <si>
+    <t>19.28</t>
+  </si>
+  <si>
+    <t>16.14</t>
+  </si>
+  <si>
+    <t>Ekaterina Soboleva</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
+    <t>Oleg Demchuk</t>
+  </si>
+  <si>
+    <t>19.84</t>
+  </si>
+  <si>
+    <t>16.60</t>
+  </si>
+  <si>
+    <t>Mikhail Kuzin</t>
+  </si>
+  <si>
+    <t>20.25</t>
   </si>
   <si>
     <t>12.99</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...17 lines deleted...]
-    <t>Айдар Аминев</t>
+    <t>Aidar Aminev</t>
   </si>
   <si>
     <t>20.35</t>
   </si>
   <si>
-    <t>15.57</t>
-[...11 lines deleted...]
-    <t>Андрей Жуков</t>
+    <t>16.54</t>
+  </si>
+  <si>
+    <t>Andrey Zhukov</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
-    <t>Анастасия Регонен</t>
-[...2 lines deleted...]
-    <t>23.38</t>
+    <t>Mikhail Ignatʹyev</t>
+  </si>
+  <si>
+    <t>23.80</t>
+  </si>
+  <si>
+    <t>19.24</t>
+  </si>
+  <si>
+    <t>Andrey Kohhelev</t>
+  </si>
+  <si>
+    <t>24.28</t>
+  </si>
+  <si>
+    <t>16.95</t>
+  </si>
+  <si>
+    <t>Anastasia Gubanova</t>
+  </si>
+  <si>
+    <t>24.60</t>
   </si>
   <si>
     <t>19.56</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...17 lines deleted...]
-    <t>Дмитрий Дунаев</t>
+    <t>Dmitriy Dunaev</t>
   </si>
   <si>
     <t>27.06</t>
   </si>
   <si>
     <t>23.50</t>
   </si>
   <si>
-    <t>Матвей Тянутов</t>
+    <t>Matvei Tianutov</t>
   </si>
   <si>
     <t>27.73</t>
   </si>
   <si>
     <t>22.31</t>
   </si>
   <si>
-    <t>Александра Лукьянова</t>
+    <t>Aleksandra Lukianova</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
-    <t>Артемий Стукарчук</t>
+    <t>Artemiy Stukarchuk</t>
   </si>
   <si>
     <t>31.64</t>
   </si>
   <si>
     <t>24.74</t>
   </si>
   <si>
-    <t>Дарья Елисеева</t>
+    <t>Daria Eliseeva</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
-[...8 lines deleted...]
-    <t>Габриэлла Ивахницкая</t>
+    <t>Yegor Yeremin</t>
+  </si>
+  <si>
+    <t>33.93</t>
+  </si>
+  <si>
+    <t>27.88</t>
+  </si>
+  <si>
+    <t>Gabriella Ivakhnitskaya</t>
   </si>
   <si>
     <t>43.66</t>
   </si>
   <si>
     <t>35.84</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...8 lines deleted...]
-    <t>Андрей Артеменко</t>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>Andrey Artëmenko</t>
   </si>
   <si>
     <t>1:21.47</t>
   </si>
   <si>
-    <t>Наталья Соболева</t>
+    <t>Natalya Soboleva</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>