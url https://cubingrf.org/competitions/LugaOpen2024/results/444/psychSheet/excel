--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,339 +17,339 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
     <t>26.58</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>33.15</t>
   </si>
   <si>
     <t>28.52</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>36.25</t>
   </si>
   <si>
     <t>28.27</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...8 lines deleted...]
-    <t>Mikhail Kuzin</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>38.02</t>
+  </si>
+  <si>
+    <t>30.21</t>
+  </si>
+  <si>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>38.19</t>
   </si>
   <si>
     <t>32.89</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>34.36</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>39.63</t>
   </si>
   <si>
     <t>34.64</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
-    <t>39.65</t>
-[...2 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>33.84</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>42.87</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>43.29</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
+  </si>
+  <si>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
-[...8 lines deleted...]
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>48.63</t>
   </si>
   <si>
     <t>40.13</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>52.02</t>
   </si>
   <si>
     <t>43.13</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Ekaterina Soboleva</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>53.84</t>
+  </si>
+  <si>
+    <t>43.89</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
-[...8 lines deleted...]
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...8 lines deleted...]
-    <t>Anastasia Gubanova</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>1:11.16</t>
   </si>
   <si>
     <t>1:02.66</t>
   </si>
   <si>
-    <t>Roman Fotiev</t>
+    <t>Роман Фотиев</t>
   </si>
   <si>
     <t>1:33.59</t>
   </si>
   <si>
     <t>1:13.69</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>2:10.28</t>
   </si>
   <si>
     <t>1:43.00</t>
   </si>
   <si>
-    <t>Ivan Korolev</t>
+    <t>Иван Королев</t>
   </si>
   <si>
     <t>1:24.88</t>
   </si>
   <si>
-    <t>Vasily Afonin</t>
+    <t>Василий Афонин</t>
   </si>
   <si>
     <t>1:25.67</t>
   </si>
   <si>
-    <t>Alexey Gundin</t>
+    <t>Алексей Гундин</t>
   </si>
   <si>
     <t>1:32.97</t>
   </si>
   <si>
-    <t>Timofey Chubyrin</t>
+    <t>Тимофей Чубырин</t>
   </si>
   <si>
     <t>2:21.16</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
-[...2 lines deleted...]
-    <t>Daniil Roslyakov</t>
+    <t>Андрей Артеменко</t>
+  </si>
+  <si>
+    <t>Даниил Росляков</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>