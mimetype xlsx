--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,194 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>31.07</t>
   </si>
   <si>
-    <t>26.58</t>
+    <t>27.36</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>33.15</t>
-[...11 lines deleted...]
-    <t>29.38</t>
+    <t>33.77</t>
+  </si>
+  <si>
+    <t>29.03</t>
   </si>
   <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>36.25</t>
   </si>
   <si>
     <t>28.27</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
-    <t>38.02</t>
-[...2 lines deleted...]
-    <t>30.21</t>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>39.02</t>
+  </si>
+  <si>
+    <t>34.36</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>39.63</t>
+  </si>
+  <si>
+    <t>32.89</t>
   </si>
   <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>38.19</t>
-[...20 lines deleted...]
-    <t>34.64</t>
+    <t>39.91</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>35.01</t>
   </si>
   <si>
     <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>42.48</t>
   </si>
   <si>
     <t>33.84</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...5 lines deleted...]
-    <t>35.01</t>
+    <t>Михаил Игнатьев</t>
+  </si>
+  <si>
+    <t>43.91</t>
+  </si>
+  <si>
+    <t>34.00</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>43.29</t>
+    <t>44.71</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Михаил Игнатьев</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>48.63</t>
   </si>
   <si>
     <t>40.13</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
@@ -233,84 +230,84 @@
   <si>
     <t>54.40</t>
   </si>
   <si>
     <t>48.45</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>56.59</t>
   </si>
   <si>
     <t>49.27</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>1:02.91</t>
+  </si>
+  <si>
+    <t>1:00.45</t>
+  </si>
+  <si>
     <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>1:03.92</t>
   </si>
   <si>
     <t>54.37</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Егор Еремин</t>
-[...7 lines deleted...]
-  <si>
     <t>Роман Фотиев</t>
   </si>
   <si>
-    <t>1:33.59</t>
-[...2 lines deleted...]
-    <t>1:13.69</t>
+    <t>1:20.97</t>
+  </si>
+  <si>
+    <t>1:13.07</t>
   </si>
   <si>
     <t>Наталья Соболева</t>
   </si>
   <si>
     <t>2:10.28</t>
   </si>
   <si>
     <t>1:43.00</t>
   </si>
   <si>
     <t>Иван Королев</t>
   </si>
   <si>
     <t>1:24.88</t>
   </si>
   <si>
     <t>Василий Афонин</t>
   </si>
   <si>
     <t>1:25.67</t>
   </si>
   <si>
     <t>Алексей Гундин</t>
   </si>
@@ -828,362 +825,362 @@
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="B34" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C34" s="1"/>
     </row>
     <row r="35" spans="1:4">
       <c r="B35" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C35" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>