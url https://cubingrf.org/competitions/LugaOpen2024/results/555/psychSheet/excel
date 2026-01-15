--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,288 +17,288 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>58.84</t>
   </si>
   <si>
     <t>53.58</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1:00.60</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>1:01.26</t>
   </si>
   <si>
     <t>56.53</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...2 lines deleted...]
-    <t>1:11.65</t>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
   </si>
   <si>
     <t>1:00.05</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>1:09.66</t>
+  </si>
+  <si>
+    <t>1:05.86</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
     <t>1:03.58</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:12.60</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:18.31</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
-[...8 lines deleted...]
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>1:19.24</t>
   </si>
   <si>
     <t>1:09.16</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>1:25.09</t>
   </si>
   <si>
     <t>1:19.18</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Oleg Demchuk</t>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>1:33.75</t>
   </si>
   <si>
     <t>1:29.75</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>1:36.48</t>
   </si>
   <si>
     <t>1:26.93</t>
   </si>
   <si>
-    <t>Mikhail Ignatʹyev</t>
+    <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>1:56.50</t>
   </si>
   <si>
     <t>1:41.64</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>2:11.42</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
-    <t>Vasily Afonin</t>
+    <t>Василий Афонин</t>
   </si>
   <si>
     <t>2:23.56</t>
   </si>
   <si>
     <t>2:04.91</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>4:15.61</t>
   </si>
   <si>
     <t>4:00.74</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>2:06.31</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>2:25.48</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
+    <t>Анастасия Регонен</t>
   </si>
   <si>
     <t>2:26.15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>