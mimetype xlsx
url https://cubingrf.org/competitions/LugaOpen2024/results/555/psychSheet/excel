--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,296 +12,290 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>58.68</t>
+  </si>
+  <si>
+    <t>51.01</t>
+  </si>
+  <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>58.84</t>
-[...11 lines deleted...]
-    <t>51.01</t>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
-    <t>1:01.26</t>
-[...2 lines deleted...]
-    <t>56.53</t>
+    <t>1:09.16</t>
+  </si>
+  <si>
+    <t>1:02.20</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>1:09.66</t>
   </si>
   <si>
     <t>1:05.86</t>
   </si>
   <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>1:10.43</t>
+  </si>
+  <si>
+    <t>1:07.88</t>
+  </si>
+  <si>
     <t>Никита Малыхин</t>
   </si>
   <si>
     <t>1:11.88</t>
   </si>
   <si>
-    <t>1:03.58</t>
-[...8 lines deleted...]
-    <t>1:07.88</t>
+    <t>1:04.59</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
-    <t>1:18.31</t>
+    <t>1:16.42</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
     <t>1:19.24</t>
   </si>
   <si>
-    <t>1:09.16</t>
+    <t>1:11.26</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
     <t>1:25.09</t>
   </si>
   <si>
     <t>1:19.18</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
+    <t>Андрей Кошелев</t>
+  </si>
+  <si>
+    <t>1:28.86</t>
+  </si>
+  <si>
+    <t>1:20.53</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:30.99</t>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>1:33.75</t>
   </si>
   <si>
     <t>1:29.75</t>
   </si>
   <si>
-    <t>Андрей Кошелев</t>
-[...7 lines deleted...]
-  <si>
     <t>Михаил Игнатьев</t>
   </si>
   <si>
     <t>1:36.89</t>
   </si>
   <si>
     <t>1:20.68</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>1:48.63</t>
   </si>
   <si>
     <t>1:37.84</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>1:53.03</t>
+  </si>
+  <si>
+    <t>1:41.64</t>
+  </si>
+  <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:55.84</t>
   </si>
   <si>
     <t>1:40.76</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...7 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>2:11.42</t>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
     <t>Василий Афонин</t>
   </si>
   <si>
     <t>2:23.56</t>
   </si>
   <si>
     <t>2:04.91</t>
   </si>
   <si>
     <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>3:15.18</t>
   </si>
   <si>
     <t>2:19.92</t>
   </si>
   <si>
+    <t>Егор Еремин</t>
+  </si>
+  <si>
+    <t>2:06.31</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>2:25.48</t>
+  </si>
+  <si>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>2:26.15</t>
+  </si>
+  <si>
     <t>Наталья Соболева</t>
-  </si>
-[...22 lines deleted...]
-    <t>2:26.15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -972,92 +966,84 @@
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="C25" s="1"/>
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="B28" t="s">
         <v>79</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C28" s="1"/>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">