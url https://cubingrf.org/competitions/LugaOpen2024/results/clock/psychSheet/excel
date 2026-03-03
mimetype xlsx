--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,425 +12,422 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>4.61</t>
   </si>
   <si>
-    <t>Alexey Gundin</t>
+    <t>Алексей Гундин</t>
   </si>
   <si>
     <t>6.22</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
     <t>5.88</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>5.69</t>
-[...2 lines deleted...]
-    <t>Polina Lapteva</t>
+    <t>5.32</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
-    <t>Andrey Kohhelev</t>
+    <t>Андрей Кошелев</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>7.36</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
-[...8 lines deleted...]
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
-    <t>8.52</t>
-[...2 lines deleted...]
-    <t>Dmitriy Dunaev</t>
+    <t>8.58</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>11.20</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>Ivan Korolev</t>
+    <t>Иван Королев</t>
   </si>
   <si>
     <t>11.55</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Роман Фотиев</t>
+  </si>
+  <si>
+    <t>11.66</t>
+  </si>
+  <si>
+    <t>9.40</t>
+  </si>
+  <si>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>10.38</t>
   </si>
   <si>
-    <t>Roman Fotiev</t>
-[...8 lines deleted...]
-    <t>Vasily Afonin</t>
+    <t>Михаил Кузин</t>
+  </si>
+  <si>
+    <t>11.77</t>
+  </si>
+  <si>
+    <t>9.41</t>
+  </si>
+  <si>
+    <t>Василий Афонин</t>
   </si>
   <si>
     <t>12.91</t>
   </si>
   <si>
     <t>11.15</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...11 lines deleted...]
-    <t>15.41</t>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>12.96</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>13.99</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>15.15</t>
   </si>
   <si>
-    <t>Aidar Aminev</t>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>17.42</t>
   </si>
   <si>
-    <t>14.04</t>
-[...2 lines deleted...]
-    <t>Andrey Artëmenko</t>
+    <t>14.74</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>17.73</t>
   </si>
   <si>
     <t>14.93</t>
   </si>
   <si>
-    <t>Angelina Savkina</t>
-[...2 lines deleted...]
-    <t>18.87</t>
+    <t>Ангелина Савкина</t>
+  </si>
+  <si>
+    <t>18.73</t>
   </si>
   <si>
     <t>14.92</t>
   </si>
   <si>
-    <t>Semion Garasim</t>
+    <t>Семён Гарасим</t>
   </si>
   <si>
     <t>19.05</t>
   </si>
   <si>
     <t>16.23</t>
   </si>
   <si>
-    <t>Maksim Pestov</t>
+    <t>Максим Пестов</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>16.69</t>
   </si>
   <si>
-    <t>Anastasia Gubanova</t>
-[...17 lines deleted...]
-    <t>Oleg Demchuk</t>
+    <t>Александр Контребуц</t>
+  </si>
+  <si>
+    <t>22.12</t>
+  </si>
+  <si>
+    <t>20.44</t>
+  </si>
+  <si>
+    <t>Полина Андреева</t>
+  </si>
+  <si>
+    <t>28.96</t>
+  </si>
+  <si>
+    <t>24.03</t>
+  </si>
+  <si>
+    <t>Олег Демчук</t>
   </si>
   <si>
     <t>31.53</t>
   </si>
   <si>
     <t>26.98</t>
   </si>
   <si>
-    <t>Konstantin Makarov</t>
+    <t>Константин Макаров</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>25.66</t>
   </si>
   <si>
-    <t>Valeriya Kerimova</t>
+    <t>Валерия Керимова</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
     <t>31.68</t>
   </si>
   <si>
-    <t>Ivan Orlov</t>
+    <t>Иван Орлов</t>
   </si>
   <si>
     <t>37.06</t>
   </si>
   <si>
     <t>18.41</t>
   </si>
   <si>
-    <t>Daniil Roslyakov</t>
+    <t>Даниил Росляков</t>
   </si>
   <si>
     <t>40.01</t>
   </si>
   <si>
     <t>34.41</t>
   </si>
   <si>
-    <t>Polina Andreeva</t>
-[...8 lines deleted...]
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>1:00.20</t>
   </si>
   <si>
     <t>48.99</t>
   </si>
   <si>
-    <t>Dmitriy Samotoenko</t>
+    <t>Дмитрий Самотоенко</t>
   </si>
   <si>
     <t>21.17</t>
   </si>
   <si>
-    <t>Nikita Zolotylin</t>
+    <t>Анастасия Регонен</t>
+  </si>
+  <si>
+    <t>34.93</t>
+  </si>
+  <si>
+    <t>Никита Золотилин</t>
   </si>
   <si>
     <t>56.27</t>
   </si>
   <si>
-    <t>Antonina Andreeva</t>
-[...2 lines deleted...]
-    <t>Ruslan Korolev</t>
+    <t>Антонина Андреева</t>
+  </si>
+  <si>
+    <t>Руслан Королёв</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -755,51 +752,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C44" sqref="C44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -979,65 +976,65 @@
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>54</v>
@@ -1311,90 +1308,88 @@
       <c r="D38" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>113</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D39" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="C40" s="1"/>
+      <c r="D40" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="B43" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C43" s="1"/>
     </row>
     <row r="44" spans="1:4">
       <c r="B44" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C44" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>