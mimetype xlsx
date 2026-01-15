--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,231 +17,231 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
-    <t>9.83</t>
-[...2 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>9.49</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...2 lines deleted...]
-    <t>24.01</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
   </si>
   <si>
     <t>15.81</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
-    <t>Mikhail Kuzin</t>
+    <t>Михаил Кузин</t>
   </si>
   <si>
     <t>26.20</t>
   </si>
   <si>
     <t>20.90</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
-    <t>Nikita Malykhin</t>
+    <t>Никита Малыхин</t>
   </si>
   <si>
     <t>31.47</t>
   </si>
   <si>
     <t>21.64</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>33.24</t>
   </si>
   <si>
     <t>27.25</t>
   </si>
   <si>
-    <t>Artemiy Stukarchuk</t>
+    <t>Артемий Стукарчук</t>
   </si>
   <si>
     <t>34.90</t>
   </si>
   <si>
-    <t>30.89</t>
-[...2 lines deleted...]
-    <t>Aidar Aminev</t>
+    <t>29.32</t>
+  </si>
+  <si>
+    <t>Айдар Аминев</t>
   </si>
   <si>
     <t>36.23</t>
   </si>
   <si>
     <t>23.03</t>
   </si>
   <si>
-    <t>Yegor Yeremin</t>
+    <t>Егор Еремин</t>
   </si>
   <si>
     <t>41.36</t>
   </si>
   <si>
     <t>23.33</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>46.60</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
-    <t>Dmitry Dobrjakov</t>
+    <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>55.16</t>
   </si>
   <si>
     <t>41.92</t>
   </si>
   <si>
-    <t>Matvei Tianutov</t>
+    <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:06.75</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
-    <t>Natalya Soboleva</t>
+    <t>Наталья Соболева</t>
   </si>
   <si>
     <t>1:35.37</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>