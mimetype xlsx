--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,195 +29,195 @@
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Филин</t>
   </si>
   <si>
-    <t>9.43</t>
-[...2 lines deleted...]
-    <t>7.50</t>
+    <t>8.75</t>
+  </si>
+  <si>
+    <t>6.55</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
+    <t>6.81</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
     <t>14.26</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>16.02</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
+    <t>14.46</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>25.33</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>26.26</t>
+  </si>
+  <si>
+    <t>16.81</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>27.99</t>
+  </si>
+  <si>
+    <t>14.97</t>
+  </si>
+  <si>
+    <t>Никита Малыхин</t>
+  </si>
+  <si>
+    <t>31.47</t>
+  </si>
+  <si>
+    <t>21.64</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>33.24</t>
+  </si>
+  <si>
+    <t>27.25</t>
+  </si>
+  <si>
+    <t>Артемий Стукарчук</t>
+  </si>
+  <si>
+    <t>34.90</t>
+  </si>
+  <si>
+    <t>29.32</t>
+  </si>
+  <si>
     <t>Михаил Кузин</t>
   </si>
   <si>
-    <t>26.20</t>
-[...47 lines deleted...]
-    <t>29.32</t>
+    <t>35.28</t>
+  </si>
+  <si>
+    <t>23.93</t>
   </si>
   <si>
     <t>Айдар Аминев</t>
   </si>
   <si>
-    <t>36.23</t>
+    <t>37.91</t>
   </si>
   <si>
     <t>23.03</t>
   </si>
   <si>
     <t>Егор Еремин</t>
   </si>
   <si>
     <t>41.36</t>
   </si>
   <si>
     <t>23.33</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
-    <t>46.60</t>
+    <t>44.29</t>
   </si>
   <si>
     <t>23.66</t>
   </si>
   <si>
     <t>Дмитрий Добряков</t>
   </si>
   <si>
     <t>55.16</t>
   </si>
   <si>
     <t>41.92</t>
   </si>
   <si>
     <t>Матвей Тянутов</t>
   </si>
   <si>
     <t>1:06.75</t>
   </si>
   <si>
     <t>28.66</t>
   </si>
   <si>
     <t>Наталья Соболева</t>
   </si>