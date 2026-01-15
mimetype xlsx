--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,483 +17,483 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>8.28</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>6.67</t>
   </si>
   <si>
-    <t>Lev Bruskov</t>
+    <t>Лев Брусков</t>
   </si>
   <si>
     <t>8.93</t>
   </si>
   <si>
     <t>7.20</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>8.14</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
-    <t>8.12</t>
-[...2 lines deleted...]
-    <t>Egor Gushchin</t>
+    <t>8.11</t>
+  </si>
+  <si>
+    <t>Егор Гущин</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
-    <t>Artem Svoykin</t>
+    <t>Артем Свойкин</t>
   </si>
   <si>
     <t>11.05</t>
   </si>
   <si>
     <t>8.85</t>
   </si>
   <si>
-    <t>Artem Ryumin</t>
+    <t>Артём Рюмин</t>
   </si>
   <si>
     <t>11.31</t>
   </si>
   <si>
     <t>10.36</t>
   </si>
   <si>
-    <t>Matvey Prytkov</t>
+    <t>Матвей Прытков</t>
   </si>
   <si>
     <t>11.74</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>12.05</t>
   </si>
   <si>
     <t>10.47</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>13.17</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
-    <t>Lavrentij Burkov</t>
+    <t>Лаврентий Бурков</t>
   </si>
   <si>
     <t>13.42</t>
   </si>
   <si>
     <t>10.81</t>
   </si>
   <si>
-    <t>Julia Dernovaya</t>
+    <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>13.52</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Alexey Ruzhinskiy</t>
+    <t>Алексей Ружинский</t>
   </si>
   <si>
     <t>13.56</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
-    <t>Ilia Krutov</t>
+    <t>Илья Крутов</t>
   </si>
   <si>
     <t>15.37</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
-    <t>Anton Lagunov</t>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>15.71</t>
+  </si>
+  <si>
+    <t>14.24</t>
+  </si>
+  <si>
+    <t>Антон Лагунов</t>
   </si>
   <si>
     <t>15.76</t>
   </si>
   <si>
     <t>12.64</t>
   </si>
   <si>
-    <t>Saveliy Rylov</t>
+    <t>Савелий Рылов</t>
   </si>
   <si>
     <t>16.45</t>
   </si>
   <si>
     <t>13.99</t>
   </si>
   <si>
-    <t>Rostislav Burkov</t>
+    <t>Ростислав Бурков</t>
   </si>
   <si>
     <t>16.84</t>
   </si>
   <si>
     <t>12.39</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
-    <t>Egor Melkozerov</t>
+    <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>20.93</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
-    <t>Ilia Struin</t>
+    <t>Илья Струин</t>
   </si>
   <si>
     <t>23.39</t>
   </si>
   <si>
     <t>19.53</t>
   </si>
   <si>
-    <t>Dmitriy Duganov</t>
+    <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
     <t>19.40</t>
   </si>
   <si>
-    <t>Timofei Karandashov</t>
+    <t>Тимофей Карандашов</t>
   </si>
   <si>
     <t>24.42</t>
   </si>
   <si>
     <t>21.25</t>
   </si>
   <si>
-    <t>Matvey Otradnov</t>
+    <t>Матвей Отраднов</t>
   </si>
   <si>
     <t>26.43</t>
   </si>
   <si>
     <t>16.94</t>
   </si>
   <si>
-    <t>Danil Bolshakov</t>
+    <t>Данил Большаков</t>
   </si>
   <si>
     <t>26.97</t>
   </si>
   <si>
     <t>17.29</t>
   </si>
   <si>
-    <t>Sofia Gabova</t>
+    <t>Софья Габова</t>
   </si>
   <si>
     <t>29.95</t>
   </si>
   <si>
     <t>27.20</t>
   </si>
   <si>
-    <t>Vladislav Ovsanikov</t>
-[...8 lines deleted...]
-    <t>Valerya Rakovskaya</t>
+    <t>Валерия Раковская</t>
   </si>
   <si>
     <t>34.76</t>
   </si>
   <si>
     <t>26.80</t>
   </si>
   <si>
-    <t>Mihail Sapunov</t>
+    <t>Михаил Сапунов</t>
   </si>
   <si>
     <t>36.21</t>
   </si>
   <si>
     <t>29.36</t>
   </si>
   <si>
-    <t>Vadim Mekhonoshin</t>
+    <t>Вадим Мехоношин</t>
   </si>
   <si>
     <t>40.99</t>
   </si>
   <si>
     <t>30.76</t>
   </si>
   <si>
-    <t>Vladimir Pershin</t>
+    <t>Владимир Першин</t>
   </si>
   <si>
     <t>44.49</t>
   </si>
   <si>
     <t>29.86</t>
   </si>
   <si>
-    <t>Amir Shakirov</t>
+    <t>Амир Шакиров</t>
   </si>
   <si>
     <t>45.40</t>
   </si>
   <si>
     <t>37.50</t>
   </si>
   <si>
-    <t>Felix Absatarov</t>
+    <t>Феликс Абсатаров</t>
   </si>
   <si>
     <t>48.99</t>
   </si>
   <si>
     <t>43.14</t>
   </si>
   <si>
-    <t>Denis Ponomarev</t>
+    <t>Денис Пономарев</t>
   </si>
   <si>
     <t>50.05</t>
   </si>
   <si>
     <t>43.74</t>
   </si>
   <si>
-    <t>Nikita Lagunov</t>
+    <t>Никита Лагунов</t>
   </si>
   <si>
     <t>51.90</t>
   </si>
   <si>
     <t>32.69</t>
   </si>
   <si>
-    <t>Aleksandr Ustinov</t>
+    <t>Александр Устинов</t>
   </si>
   <si>
     <t>52.40</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
-    <t>Kristina Kovalenko</t>
+    <t>Кристина Коваленко</t>
   </si>
   <si>
     <t>1:09.64</t>
   </si>
   <si>
     <t>49.29</t>
   </si>
   <si>
-    <t>Aleksandr Gushchin</t>
+    <t>Александр Гущин</t>
   </si>
   <si>
     <t>1:12.31</t>
   </si>
   <si>
     <t>51.55</t>
   </si>
   <si>
-    <t>Anton Sherbinin</t>
+    <t>Антон Щербинин</t>
   </si>
   <si>
     <t>1:12.44</t>
   </si>
   <si>
     <t>54.12</t>
   </si>
   <si>
-    <t>Timofei Sarana</t>
+    <t>Тимофей Сарана</t>
   </si>
   <si>
     <t>1:28.05</t>
   </si>
   <si>
     <t>1:16.73</t>
   </si>
   <si>
-    <t>Andrey Shchevelev</t>
+    <t>Андрей Щевелёв</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
     <t>1:04.95</t>
   </si>
   <si>
-    <t>Peter Akhlyustin</t>
+    <t>Петр Ахлюстин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -816,51 +816,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C49" sqref="C49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>