--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
@@ -68,375 +68,372 @@
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>8.28</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>6.67</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>8.93</t>
   </si>
   <si>
-    <t>7.20</t>
+    <t>7.34</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
-    <t>10.49</t>
-[...2 lines deleted...]
-    <t>8.14</t>
+    <t>9.80</t>
+  </si>
+  <si>
+    <t>6.74</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
-    <t>10.65</t>
+    <t>10.18</t>
   </si>
   <si>
     <t>8.11</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>10.80</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>11.05</t>
   </si>
   <si>
     <t>8.85</t>
   </si>
   <si>
     <t>Артём Рюмин</t>
   </si>
   <si>
     <t>11.31</t>
   </si>
   <si>
     <t>10.36</t>
   </si>
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
-    <t>11.74</t>
-[...2 lines deleted...]
-    <t>10.68</t>
+    <t>11.48</t>
+  </si>
+  <si>
+    <t>10.60</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
-    <t>12.05</t>
-[...2 lines deleted...]
-    <t>10.47</t>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>9.51</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>13.17</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>Лаврентий Бурков</t>
   </si>
   <si>
     <t>13.42</t>
   </si>
   <si>
     <t>10.81</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>13.52</t>
   </si>
   <si>
     <t>10.15</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Алексей Ружинский</t>
   </si>
   <si>
     <t>13.56</t>
   </si>
   <si>
-    <t>11.48</t>
+    <t>Владислав Овсяников</t>
+  </si>
+  <si>
+    <t>13.60</t>
+  </si>
+  <si>
+    <t>11.42</t>
+  </si>
+  <si>
+    <t>Ростислав Бурков</t>
+  </si>
+  <si>
+    <t>14.34</t>
+  </si>
+  <si>
+    <t>11.72</t>
   </si>
   <si>
     <t>Илья Крутов</t>
   </si>
   <si>
     <t>15.37</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
-    <t>Владислав Овсяников</t>
-[...7 lines deleted...]
-  <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
     <t>15.76</t>
   </si>
   <si>
-    <t>12.64</t>
+    <t>13.74</t>
   </si>
   <si>
     <t>Савелий Рылов</t>
   </si>
   <si>
     <t>16.45</t>
   </si>
   <si>
     <t>13.99</t>
   </si>
   <si>
-    <t>Ростислав Бурков</t>
-[...7 lines deleted...]
-  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>20.93</t>
   </si>
   <si>
     <t>17.46</t>
   </si>
   <si>
+    <t>Тимофей Карандашов</t>
+  </si>
+  <si>
+    <t>21.36</t>
+  </si>
+  <si>
+    <t>17.37</t>
+  </si>
+  <si>
     <t>Илья Струин</t>
   </si>
   <si>
     <t>23.39</t>
   </si>
   <si>
     <t>19.53</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>24.12</t>
   </si>
   <si>
     <t>19.40</t>
   </si>
   <si>
-    <t>Тимофей Карандашов</t>
-[...7 lines deleted...]
-  <si>
     <t>Матвей Отраднов</t>
   </si>
   <si>
     <t>26.43</t>
   </si>
   <si>
     <t>16.94</t>
   </si>
   <si>
     <t>Данил Большаков</t>
   </si>
   <si>
     <t>26.97</t>
   </si>
   <si>
     <t>17.29</t>
   </si>
   <si>
     <t>Софья Габова</t>
   </si>
   <si>
     <t>29.95</t>
   </si>
   <si>
-    <t>27.20</t>
+    <t>21.78</t>
   </si>
   <si>
     <t>Валерия Раковская</t>
   </si>
   <si>
     <t>34.76</t>
   </si>
   <si>
     <t>26.80</t>
   </si>
   <si>
     <t>Михаил Сапунов</t>
   </si>
   <si>
     <t>36.21</t>
   </si>
   <si>
     <t>29.36</t>
   </si>
   <si>
     <t>Вадим Мехоношин</t>
   </si>
   <si>
     <t>40.99</t>
   </si>
   <si>
     <t>30.76</t>
   </si>
   <si>
+    <t>Никита Лагунов</t>
+  </si>
+  <si>
+    <t>43.88</t>
+  </si>
+  <si>
+    <t>32.69</t>
+  </si>
+  <si>
     <t>Владимир Першин</t>
   </si>
   <si>
     <t>44.49</t>
   </si>
   <si>
     <t>29.86</t>
   </si>
   <si>
     <t>Амир Шакиров</t>
   </si>
   <si>
     <t>45.40</t>
   </si>
   <si>
     <t>37.50</t>
   </si>
   <si>
     <t>Феликс Абсатаров</t>
   </si>
   <si>
     <t>48.99</t>
   </si>
   <si>
     <t>43.14</t>
   </si>
   <si>
     <t>Денис Пономарев</t>
   </si>
   <si>
     <t>50.05</t>
   </si>
   <si>
     <t>43.74</t>
-  </si>
-[...7 lines deleted...]
-    <t>32.69</t>
   </si>
   <si>
     <t>Александр Устинов</t>
   </si>
   <si>
     <t>52.40</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
     <t>Кристина Коваленко</t>
   </si>
   <si>
     <t>1:09.64</t>
   </si>
   <si>
     <t>49.29</t>
   </si>
   <si>
     <t>Александр Гущин</t>
   </si>
   <si>
     <t>1:12.31</t>
   </si>
@@ -1112,434 +1109,434 @@
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="D26" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="D27" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>117</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>129</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>132</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>135</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>138</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>141</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="B49" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C49" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>