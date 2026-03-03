--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -17,315 +17,315 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Артём Сосновских</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
-    <t>Лев Брусков</t>
+    <t>Lev Bruskov</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
     <t>3.89</t>
   </si>
   <si>
-    <t>Арсений Павлов</t>
+    <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>6.20</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Степан Щевелёв</t>
+    <t>Stepan Shchevelev</t>
   </si>
   <si>
     <t>6.55</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
+    <t>Platon Kabakov</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
+    <t>Anna Duganova</t>
   </si>
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>7.39</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
-    <t>Родион Першин</t>
+    <t>Rodion Pershin</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>8.78</t>
   </si>
   <si>
-    <t>Егор Мелкозеров</t>
+    <t>Egor Melkozerov</t>
   </si>
   <si>
     <t>10.58</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
-    <t>Алексей Плешков</t>
+    <t>Aleksey Pleshkov</t>
   </si>
   <si>
     <t>11.59</t>
   </si>
   <si>
     <t>9.86</t>
   </si>
   <si>
-    <t>Егор Гущин</t>
+    <t>Egor Gushchin</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
-    <t>Иван Милый</t>
+    <t>Ivan Milyi</t>
   </si>
   <si>
     <t>11.81</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
+    <t>Artur Khamzin</t>
   </si>
   <si>
     <t>12.86</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
-    <t>Владимир Першин</t>
+    <t>Dmitry Sidorenko</t>
+  </si>
+  <si>
+    <t>14.44</t>
+  </si>
+  <si>
+    <t>8.61</t>
+  </si>
+  <si>
+    <t>Vladimir Pershin</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
     <t>12.29</t>
   </si>
   <si>
-    <t>Алексей Ружинский</t>
+    <t>Alexey Ruzhinskiy</t>
   </si>
   <si>
     <t>14.70</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
-    <t>Данил Большаков</t>
+    <t>Danil Bolshakov</t>
   </si>
   <si>
     <t>14.72</t>
   </si>
   <si>
     <t>12.75</t>
   </si>
   <si>
-    <t>Дмитрий Сидоренко</t>
-[...26 lines deleted...]
-    <t>17.41</t>
+    <t>Ilia Krutov</t>
+  </si>
+  <si>
+    <t>15.53</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
-    <t>Василий Стасьев</t>
-[...8 lines deleted...]
-    <t>Антон Лагунов</t>
+    <t>Julia Dernovaya</t>
+  </si>
+  <si>
+    <t>16.27</t>
+  </si>
+  <si>
+    <t>12.74</t>
+  </si>
+  <si>
+    <t>Nikita Lagunov</t>
+  </si>
+  <si>
+    <t>16.47</t>
+  </si>
+  <si>
+    <t>Anton Lagunov</t>
   </si>
   <si>
     <t>18.43</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
-    <t>Дмитрий Дуганов</t>
+    <t>Vasily Stasyev</t>
+  </si>
+  <si>
+    <t>18.60</t>
+  </si>
+  <si>
+    <t>16.11</t>
+  </si>
+  <si>
+    <t>Dmitriy Duganov</t>
   </si>
   <si>
     <t>21.49</t>
   </si>
   <si>
     <t>17.66</t>
   </si>
   <si>
-    <t>Матвей Прытков</t>
+    <t>Matvey Prytkov</t>
   </si>
   <si>
     <t>27.94</t>
   </si>
   <si>
     <t>23.72</t>
   </si>
   <si>
-    <t>Андрей Щевелёв</t>
+    <t>Andrey Shchevelev</t>
   </si>
   <si>
     <t>28.19</t>
   </si>
   <si>
     <t>24.16</t>
   </si>
   <si>
-    <t>Илья Струин</t>
+    <t>Ilia Struin</t>
   </si>
   <si>
     <t>28.37</t>
   </si>
   <si>
     <t>23.71</t>
   </si>
   <si>
-    <t>Александр Устинов</t>
+    <t>Aleksandr Ustinov</t>
   </si>
   <si>
     <t>30.78</t>
   </si>
   <si>
     <t>25.83</t>
   </si>
   <si>
-    <t>Савелий Рылов</t>
+    <t>Saveliy Rylov</t>
   </si>
   <si>
     <t>34.41</t>
   </si>
   <si>
     <t>29.14</t>
   </si>
   <si>
-    <t>Артём Рюмин</t>
+    <t>Artem Ryumin</t>
   </si>
   <si>
     <t>26.84</t>
   </si>
   <si>
-    <t>Вадим Мехоношин</t>
-[...2 lines deleted...]
-    <t>Михаил Сапунов</t>
+    <t>Vadim Mekhonoshin</t>
+  </si>
+  <si>
+    <t>Mihail Sapunov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -648,53 +648,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -930,65 +930,65 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>66</v>