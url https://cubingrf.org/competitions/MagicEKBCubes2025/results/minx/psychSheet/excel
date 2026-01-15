--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,273 +17,273 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
     <t>34.41</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>45.10</t>
   </si>
   <si>
     <t>37.45</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>1:04.24</t>
   </si>
   <si>
     <t>55.72</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
-    <t>Artem Ryumin</t>
+    <t>Артём Рюмин</t>
   </si>
   <si>
     <t>1:14.71</t>
   </si>
   <si>
     <t>1:00.47</t>
   </si>
   <si>
-    <t>Egor Gushchin</t>
+    <t>Егор Гущин</t>
   </si>
   <si>
     <t>1:21.09</t>
   </si>
   <si>
     <t>1:08.76</t>
   </si>
   <si>
-    <t>Matvey Prytkov</t>
+    <t>Матвей Прытков</t>
   </si>
   <si>
     <t>1:26.11</t>
   </si>
   <si>
     <t>1:20.98</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>1:29.20</t>
   </si>
   <si>
     <t>1:09.50</t>
   </si>
   <si>
-    <t>Ivan Milyi</t>
+    <t>Иван Милый</t>
   </si>
   <si>
     <t>1:30.52</t>
   </si>
   <si>
     <t>1:16.67</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>1:33.39</t>
   </si>
   <si>
     <t>1:22.39</t>
   </si>
   <si>
-    <t>Stepan Shchevelev</t>
+    <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>1:41.14</t>
   </si>
   <si>
     <t>1:30.87</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>1:41.63</t>
   </si>
   <si>
     <t>1:32.42</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:49.13</t>
   </si>
   <si>
     <t>1:33.97</t>
   </si>
   <si>
-    <t>Anton Lagunov</t>
+    <t>Антон Лагунов</t>
   </si>
   <si>
     <t>1:55.40</t>
   </si>
   <si>
     <t>1:34.22</t>
   </si>
   <si>
-    <t>Artem Svoykin</t>
+    <t>Артем Свойкин</t>
   </si>
   <si>
     <t>2:02.42</t>
   </si>
   <si>
     <t>1:51.30</t>
   </si>
   <si>
-    <t>Artur Khamzin</t>
+    <t>Артур Хамзин</t>
   </si>
   <si>
     <t>2:05.84</t>
   </si>
   <si>
     <t>1:39.21</t>
   </si>
   <si>
-    <t>Yaroslav Gorshkov</t>
+    <t>Ярослав Горшков</t>
   </si>
   <si>
     <t>2:40.86</t>
   </si>
   <si>
     <t>2:28.89</t>
   </si>
   <si>
-    <t>Dmitriy Duganov</t>
+    <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>2:44.25</t>
   </si>
   <si>
     <t>2:23.76</t>
   </si>
   <si>
-    <t>Saveliy Rylov</t>
+    <t>Савелий Рылов</t>
   </si>
   <si>
     <t>2:47.61</t>
   </si>
   <si>
     <t>2:18.34</t>
   </si>
   <si>
-    <t>Danil Bolshakov</t>
+    <t>Данил Большаков</t>
   </si>
   <si>
     <t>2:38.44</t>
   </si>
   <si>
-    <t>Sofia Gabova</t>
+    <t>Софья Габова</t>
   </si>
   <si>
     <t>2:40.03</t>
   </si>
   <si>
-    <t>Vadim Mekhonoshin</t>
+    <t>Вадим Мехоношин</t>
   </si>
   <si>
     <t>4:16.48</t>
   </si>
   <si>
-    <t>Ilia Krutov</t>
+    <t>Илья Крутов</t>
   </si>
   <si>
     <t>4:49.50</t>
   </si>
   <si>
-    <t>Mihail Sapunov</t>
+    <t>Михаил Сапунов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -606,51 +606,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>