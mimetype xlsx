--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,275 +12,278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="minx" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>28.84</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>42.29</t>
   </si>
   <si>
     <t>34.41</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
-    <t>45.10</t>
+    <t>42.63</t>
   </si>
   <si>
     <t>37.45</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>49.75</t>
   </si>
   <si>
     <t>48.20</t>
   </si>
   <si>
+    <t>Артур Хамзин</t>
+  </si>
+  <si>
+    <t>1:03.15</t>
+  </si>
+  <si>
+    <t>54.11</t>
+  </si>
+  <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>1:04.24</t>
   </si>
   <si>
     <t>55.72</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:04.53</t>
   </si>
   <si>
     <t>56.09</t>
   </si>
   <si>
     <t>Артём Рюмин</t>
   </si>
   <si>
     <t>1:14.71</t>
   </si>
   <si>
     <t>1:00.47</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>1:21.09</t>
   </si>
   <si>
     <t>1:08.76</t>
   </si>
   <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>1:25.78</t>
+  </si>
+  <si>
+    <t>1:18.32</t>
+  </si>
+  <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>1:26.11</t>
   </si>
   <si>
     <t>1:20.98</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
-    <t>1:29.20</t>
+    <t>1:28.95</t>
   </si>
   <si>
     <t>1:09.50</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>1:30.52</t>
   </si>
   <si>
     <t>1:16.67</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
-[...7 lines deleted...]
-  <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>1:41.14</t>
   </si>
   <si>
     <t>1:30.87</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>1:41.63</t>
   </si>
   <si>
     <t>1:32.42</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>1:49.13</t>
-[...2 lines deleted...]
-    <t>1:33.97</t>
+    <t>1:49.20</t>
+  </si>
+  <si>
+    <t>1:37.27</t>
   </si>
   <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
     <t>1:55.40</t>
   </si>
   <si>
     <t>1:34.22</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>2:02.42</t>
   </si>
   <si>
     <t>1:51.30</t>
   </si>
   <si>
-    <t>Артур Хамзин</t>
-[...5 lines deleted...]
-    <t>1:39.21</t>
+    <t>Софья Габова</t>
+  </si>
+  <si>
+    <t>2:31.11</t>
+  </si>
+  <si>
+    <t>2:15.02</t>
   </si>
   <si>
     <t>Ярослав Горшков</t>
   </si>
   <si>
     <t>2:40.86</t>
   </si>
   <si>
     <t>2:28.89</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>2:44.25</t>
   </si>
   <si>
     <t>2:23.76</t>
   </si>
   <si>
     <t>Савелий Рылов</t>
   </si>
   <si>
     <t>2:47.61</t>
   </si>
   <si>
     <t>2:18.34</t>
   </si>
   <si>
     <t>Данил Большаков</t>
   </si>
   <si>
     <t>2:38.44</t>
   </si>
   <si>
-    <t>Софья Габова</t>
-[...2 lines deleted...]
-    <t>2:40.03</t>
+    <t>Илья Крутов</t>
+  </si>
+  <si>
+    <t>4:09.15</t>
   </si>
   <si>
     <t>Вадим Мехоношин</t>
   </si>
   <si>
     <t>4:16.48</t>
-  </si>
-[...4 lines deleted...]
-    <t>4:49.50</t>
   </si>
   <si>
     <t>Михаил Сапунов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -926,94 +929,96 @@
       <c r="D21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>68</v>
+      </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>