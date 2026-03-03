--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -95,237 +95,237 @@
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>3.03</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>5.41</t>
   </si>
   <si>
-    <t>3.75</t>
+    <t>3.95</t>
   </si>
   <si>
     <t>Артур Хамзин</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
-    <t>4.06</t>
+    <t>3.23</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>6.06</t>
+    <t>6.12</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>Артём Рюмин</t>
   </si>
   <si>
     <t>6.48</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>7.35</t>
   </si>
   <si>
     <t>4.13</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>7.47</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
-    <t>7.78</t>
+    <t>8.16</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>5.80</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>8.77</t>
   </si>
   <si>
-    <t>6.82</t>
+    <t>6.88</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>8.96</t>
   </si>
   <si>
+    <t>4.79</t>
+  </si>
+  <si>
+    <t>Илья Крутов</t>
+  </si>
+  <si>
+    <t>10.44</t>
+  </si>
+  <si>
+    <t>6.45</t>
+  </si>
+  <si>
+    <t>Данил Большаков</t>
+  </si>
+  <si>
+    <t>10.45</t>
+  </si>
+  <si>
+    <t>8.23</t>
+  </si>
+  <si>
+    <t>Антон Лагунов</t>
+  </si>
+  <si>
+    <t>10.78</t>
+  </si>
+  <si>
     <t>7.44</t>
   </si>
   <si>
+    <t>Матвей Прытков</t>
+  </si>
+  <si>
+    <t>10.92</t>
+  </si>
+  <si>
+    <t>7.30</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>10.16</t>
-[...38 lines deleted...]
-    <t>7.30</t>
+    <t>11.37</t>
+  </si>
+  <si>
+    <t>5.63</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>10.00</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
     <t>Савелий Рылов</t>
   </si>
   <si>
     <t>17.89</t>
   </si>
   <si>
     <t>8.01</t>
   </si>
   <si>
+    <t>Ростислав Бурков</t>
+  </si>
+  <si>
+    <t>19.44</t>
+  </si>
+  <si>
+    <t>8.28</t>
+  </si>
+  <si>
     <t>Денис Пономарев</t>
   </si>
   <si>
     <t>19.45</t>
   </si>
   <si>
     <t>14.78</t>
   </si>
   <si>
     <t>Владимир Першин</t>
   </si>
   <si>
     <t>20.23</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>Ярослав Горшков</t>
   </si>
   <si>
     <t>22.43</t>
   </si>
   <si>
     <t>14.96</t>
-  </si>
-[...7 lines deleted...]
-    <t>8.28</t>
   </si>
   <si>
     <t>Александр Устинов</t>
   </si>
   <si>
     <t>26.18</t>
   </si>
   <si>
     <t>16.52</t>
   </si>
   <si>
     <t>Антон Щербинин</t>
   </si>
   <si>
     <t>31.43</t>
   </si>
   <si>
     <t>22.48</t>
   </si>
   <si>
     <t>Вадим Мехоношин</t>
   </si>
   <si>
     <t>32.64</t>
   </si>