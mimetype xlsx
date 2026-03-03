--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
@@ -65,285 +65,288 @@
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>14.15</t>
   </si>
   <si>
     <t>12.32</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>15.33</t>
   </si>
   <si>
     <t>12.55</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
-    <t>16.16</t>
+    <t>15.94</t>
   </si>
   <si>
     <t>13.75</t>
   </si>
   <si>
     <t>Иван Ворошилов</t>
   </si>
   <si>
     <t>20.03</t>
   </si>
   <si>
     <t>16.62</t>
   </si>
   <si>
+    <t>Анна Дуганова</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>18.85</t>
+  </si>
+  <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>20.96</t>
   </si>
   <si>
     <t>15.01</t>
   </si>
   <si>
+    <t>Дмитрий Сидоренко</t>
+  </si>
+  <si>
+    <t>21.79</t>
+  </si>
+  <si>
+    <t>16.65</t>
+  </si>
+  <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>22.21</t>
   </si>
   <si>
     <t>19.12</t>
   </si>
   <si>
-    <t>Анна Дуганова</t>
-[...7 lines deleted...]
-  <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>22.97</t>
   </si>
   <si>
     <t>16.91</t>
   </si>
   <si>
     <t>Иван Милый</t>
   </si>
   <si>
     <t>23.69</t>
   </si>
   <si>
     <t>18.33</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
-    <t>Дмитрий Сидоренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>27.10</t>
   </si>
   <si>
     <t>23.60</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
     <t>Тимур Файрушин</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
     <t>26.98</t>
   </si>
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>31.06</t>
   </si>
   <si>
-    <t>28.96</t>
+    <t>28.81</t>
+  </si>
+  <si>
+    <t>Семён Рудик</t>
+  </si>
+  <si>
+    <t>32.55</t>
+  </si>
+  <si>
+    <t>28.70</t>
   </si>
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>32.77</t>
   </si>
   <si>
     <t>25.90</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>33.25</t>
   </si>
   <si>
     <t>21.99</t>
   </si>
   <si>
-    <t>Семён Рудик</t>
-[...7 lines deleted...]
-  <si>
     <t>Алексей Ружинский</t>
   </si>
   <si>
     <t>34.81</t>
   </si>
   <si>
     <t>28.04</t>
   </si>
   <si>
     <t>Таир Дадашев</t>
   </si>
   <si>
     <t>35.27</t>
   </si>
   <si>
-    <t>30.93</t>
+    <t>27.58</t>
+  </si>
+  <si>
+    <t>Василий Стасьев</t>
+  </si>
+  <si>
+    <t>35.85</t>
+  </si>
+  <si>
+    <t>32.18</t>
   </si>
   <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
-    <t>35.82</t>
-[...11 lines deleted...]
-    <t>28.88</t>
+    <t>37.61</t>
+  </si>
+  <si>
+    <t>28.47</t>
+  </si>
+  <si>
+    <t>Николай Котов</t>
+  </si>
+  <si>
+    <t>41.45</t>
+  </si>
+  <si>
+    <t>31.39</t>
+  </si>
+  <si>
+    <t>Ролан Хайретдинов</t>
+  </si>
+  <si>
+    <t>42.27</t>
+  </si>
+  <si>
+    <t>31.49</t>
   </si>
   <si>
     <t>Степан Кобелев</t>
   </si>
   <si>
-    <t>39.11</t>
-[...11 lines deleted...]
-    <t>31.49</t>
+    <t>42.72</t>
+  </si>
+  <si>
+    <t>29.95</t>
+  </si>
+  <si>
+    <t>Михаил Замятин</t>
+  </si>
+  <si>
+    <t>47.83</t>
+  </si>
+  <si>
+    <t>39.25</t>
+  </si>
+  <si>
+    <t>Егор Мелкозеров</t>
+  </si>
+  <si>
+    <t>1:00.70</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>Савелий Рылов</t>
+  </si>
+  <si>
+    <t>45.23</t>
+  </si>
+  <si>
+    <t>Родион Фролов</t>
+  </si>
+  <si>
+    <t>52.15</t>
   </si>
   <si>
     <t>Николай Кустов</t>
   </si>
   <si>
-    <t>49.54</t>
-[...35 lines deleted...]
-    <t>58.76</t>
+    <t>53.71</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>1:07.19</t>
   </si>
   <si>
     <t>Павел Бурнышев</t>
   </si>
   <si>
     <t>2:10.47</t>
   </si>
   <si>
     <t>Арсений Трифонов</t>
   </si>
   <si>
     <t>Артём Рюмин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1102,124 +1105,126 @@
       <c r="D28" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>85</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D29" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1"/>
+      <c r="C30" s="1" t="s">
+        <v>89</v>
+      </c>
       <c r="D30" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C36" s="1"/>
     </row>
     <row r="37" spans="1:4">
       <c r="B37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C37" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>