--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -47,135 +47,135 @@
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>29.14</t>
   </si>
   <si>
     <t>26.53</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
-    <t>33.12</t>
-[...2 lines deleted...]
-    <t>27.03</t>
+    <t>30.96</t>
+  </si>
+  <si>
+    <t>25.82</t>
+  </si>
+  <si>
+    <t>Дарья Белоногова</t>
+  </si>
+  <si>
+    <t>35.39</t>
+  </si>
+  <si>
+    <t>28.44</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
-    <t>Дарья Белоногова</t>
-[...7 lines deleted...]
-  <si>
     <t>Лев Брусков</t>
   </si>
   <si>
     <t>37.16</t>
   </si>
   <si>
     <t>34.98</t>
   </si>
   <si>
+    <t>Иван Ворошилов</t>
+  </si>
+  <si>
+    <t>38.62</t>
+  </si>
+  <si>
+    <t>35.92</t>
+  </si>
+  <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
-    <t>Иван Ворошилов</t>
-[...7 lines deleted...]
-  <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
-    <t>45.27</t>
+    <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>45.05</t>
+  </si>
+  <si>
+    <t>39.36</t>
+  </si>
+  <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>45.44</t>
   </si>
   <si>
     <t>37.98</t>
   </si>
   <si>
-    <t>Степан Кобелев</t>
-[...7 lines deleted...]
-  <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
-    <t>45.56</t>
+    <t>45.18</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>43.70</t>
   </si>
   <si>
     <t>Степан Щевелёв</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
   <si>
     <t>42.25</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
@@ -194,150 +194,150 @@
   <si>
     <t>Матвей Прытков</t>
   </si>
   <si>
     <t>55.87</t>
   </si>
   <si>
     <t>43.46</t>
   </si>
   <si>
     <t>Артём Рюмин</t>
   </si>
   <si>
     <t>1:03.14</t>
   </si>
   <si>
     <t>54.76</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
-    <t>57.41</t>
+    <t>58.02</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
   <si>
     <t>55.40</t>
   </si>
   <si>
     <t>Алексей Ружинский</t>
   </si>
   <si>
     <t>1:05.44</t>
   </si>
   <si>
     <t>57.45</t>
   </si>
   <si>
     <t>Антон Лагунов</t>
   </si>
   <si>
     <t>1:05.93</t>
   </si>
   <si>
     <t>57.13</t>
   </si>
   <si>
     <t>Владимир Кочергин</t>
   </si>
   <si>
     <t>1:06.98</t>
   </si>
   <si>
     <t>53.63</t>
   </si>
   <si>
     <t>Таир Дадашев</t>
   </si>
   <si>
     <t>1:11.07</t>
   </si>
   <si>
     <t>1:06.88</t>
   </si>
   <si>
+    <t>Григорий Чуваков</t>
+  </si>
+  <si>
+    <t>1:12.51</t>
+  </si>
+  <si>
+    <t>1:04.21</t>
+  </si>
+  <si>
+    <t>Николай Кустов</t>
+  </si>
+  <si>
+    <t>1:20.52</t>
+  </si>
+  <si>
+    <t>1:11.44</t>
+  </si>
+  <si>
     <t>Амир Зокиров</t>
   </si>
   <si>
-    <t>1:19.26</t>
-[...20 lines deleted...]
-    <t>1:11.44</t>
+    <t>1:23.44</t>
+  </si>
+  <si>
+    <t>1:18.09</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>1:23.65</t>
   </si>
   <si>
-    <t>1:18.09</t>
+    <t>1:12.43</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>1:24.41</t>
   </si>
   <si>
     <t>1:13.26</t>
   </si>
   <si>
     <t>Михаил Замятин</t>
   </si>
   <si>
-    <t>1:30.01</t>
-[...2 lines deleted...]
-    <t>1:24.91</t>
+    <t>1:24.69</t>
+  </si>
+  <si>
+    <t>1:09.96</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>1:30.40</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>1:34.64</t>
   </si>
   <si>
     <t>1:26.71</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>1:36.12</t>
   </si>